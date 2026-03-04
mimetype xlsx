--- v0 (2025-10-30)
+++ v1 (2026-03-04)
@@ -1,57 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
+  <Override ContentType="application/vnd.ms-excel.person+xml" PartName="/xl/persons/person.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <workbookPr/>
   <sheets>
-    <sheet state="visible" name="Setembro 2025" sheetId="1" r:id="rId4"/>
+    <sheet state="visible" name="Fevereiro 2026" sheetId="1" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1132" uniqueCount="540">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1147" uniqueCount="547">
   <si>
     <t xml:space="preserve">Relação de Medicamentos - Regras para Autorização Automática do LME </t>
   </si>
   <si>
     <t>PROCEDIMENTO</t>
   </si>
   <si>
     <t>MEDICAMENTO</t>
   </si>
   <si>
     <t>CID 10</t>
   </si>
   <si>
     <t>AUTORIZAÇÃO DO LME*</t>
   </si>
   <si>
     <t>Abatacepte 125 mg injetável (por frasco-ampola)</t>
   </si>
   <si>
     <t>M050, M051, M052, M053, M058, M060, M068</t>
   </si>
   <si>
     <t>Não autoriza automaticamente</t>
   </si>
   <si>
@@ -457,50 +459,56 @@
   </si>
   <si>
     <t>K510, K512, K513, K515, K518</t>
   </si>
   <si>
     <t>AA regra geral ou quando  associado com Infliximabe, Infliximabe BIO A  ou
  Vedolizumabe não autoriza automaticamente</t>
   </si>
   <si>
     <t>M050, M051, M052, M053, M058, M060, M068, M080</t>
   </si>
   <si>
     <t>AA regra geral ou quando  associado com Infliximabe, Infliximabe BIO A ou  rituximabe não autoriza automaticamente</t>
   </si>
   <si>
     <t>0604320175</t>
   </si>
   <si>
     <t>Baricitinibe 2 mg (por comprimido)</t>
   </si>
   <si>
     <t>0604320183</t>
   </si>
   <si>
     <t>Baricitinibe 4 mg (por comprimido)</t>
+  </si>
+  <si>
+    <t>Beclometasona 100 mcg + Formoterol 6 mcg + Glicopirrônio 12,5 mcg (por frasco)</t>
+  </si>
+  <si>
+    <t>J440, J441, J448</t>
   </si>
   <si>
     <t>0604390106</t>
   </si>
   <si>
     <t>Betainterferona 1a 12.000.000 UI (44 mcg) injetável (por seringa preenchida)</t>
   </si>
   <si>
     <t>0604390084</t>
   </si>
   <si>
     <t>Betainterferona 1a 6.000.000 UI (22 mcg) injetável (por seringa preenchida)</t>
   </si>
   <si>
     <t>0604390092</t>
   </si>
   <si>
     <t>Betainterferona 1a 6.000.000 UI (30 mcg) injetável (por frasco-ampola, seringa preenchida ou caneta preenchida)</t>
   </si>
   <si>
     <t>0604390114</t>
   </si>
   <si>
     <t>Betainterferona 1b 9.600.000 UI (300 mcg) injetável (por frasco-ampola)</t>
   </si>
@@ -1226,50 +1234,53 @@
       <t xml:space="preserve">B200, B201, B202, B203, B204, B205, B206, B207, B208, B209,B220, B221, B222, B227, B230, B231, B232, B238, B24, D460, D461,D467, D610, D611, D612, D613, D618, D70, Z948, </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b/>
         <color rgb="FF000000"/>
         <sz val="9.0"/>
       </rPr>
       <t>D464</t>
     </r>
   </si>
   <si>
     <t>Fingolimode 0,5 mg (por cápsula)</t>
   </si>
   <si>
     <t>0604420013</t>
   </si>
   <si>
     <t>Fludrocortisona 0,1 mg (por comprimido)</t>
   </si>
   <si>
     <t>E250, E271, E274</t>
   </si>
   <si>
+    <t>Fluticasona 100 mcg + Umeclidínio 62,5 mcg + Vilanterol 25 mcg  (por frasco)</t>
+  </si>
+  <si>
     <t>0604040024</t>
   </si>
   <si>
     <t>Formoterol 12 mcg (por cápsula inalante)</t>
   </si>
   <si>
     <t>Formoterol 12 mcg + Budesonida 400 mcg (cápsula inalante + inalador)</t>
   </si>
   <si>
     <t>Formoterol 12 mcg + Budesonida 400 mcg pó inalante (frasco doses)</t>
   </si>
   <si>
     <t>0604040067</t>
   </si>
   <si>
     <t>Formoterol 6mcg + Budesonida 200 mcg (cápsula inalante)</t>
   </si>
   <si>
     <t>Formoterol 6 mcg + Budesonida 200 mcg pó inalante (por frasco doses)</t>
   </si>
   <si>
     <t>Fumarato de Dimetila 120 mg (por cápsula)</t>
   </si>
   <si>
     <t>0604540035</t>
@@ -1890,50 +1901,59 @@
   <si>
     <t>M880, M888</t>
   </si>
   <si>
     <t>Risperidona 1 mg (por comprimido)</t>
   </si>
   <si>
     <t>F200, F201, F202, F203, F204, F205, F206, F208, F250, F251, F252, F311, F312, F313, F314, F315, F316, F317, F840, F841, F843, F845, F848</t>
   </si>
   <si>
     <t>Risperidona 1mg/mL solução oral (frasco 30 mL)</t>
   </si>
   <si>
     <t>F840, F841, F843, F845, F848</t>
   </si>
   <si>
     <t>Risperidona 2 mg (por comprimido)</t>
   </si>
   <si>
     <t>Rituximabe 500 mg injetável Originador ( frasco-ampola de 50mL)</t>
   </si>
   <si>
     <t xml:space="preserve">Rituximabe 500 mg injetável Biossimilar A (frasco-ampola de 50mL) </t>
   </si>
   <si>
+    <t xml:space="preserve">Rituximabe 100 mg injetável Biossimilar B - Pfizer (frasco-ampola de 10 mL) </t>
+  </si>
+  <si>
+    <t>M313, M317</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rituximabe 500 mg injetável Biossimilar B - Pfizer (frasco-ampola de 50 mL) </t>
+  </si>
+  <si>
     <t>Rivastigmina 1,5 mg (por cápsula)</t>
   </si>
   <si>
     <t>Rivastigmina 18mg (9,5 mg/24 h) (Adesivo transdérmico)</t>
   </si>
   <si>
     <t>Rivastigmina 2,0 mg/mL solução oral ( por frasco de 120 mL)</t>
   </si>
   <si>
     <t>Rivastigmina 3 mg (por cápsula)</t>
   </si>
   <si>
     <t>Rivastigmina 4,5 mg (por cápsula)</t>
   </si>
   <si>
     <t>Rivastigmina 6 mg (por cápsula)</t>
   </si>
   <si>
     <t>Rivastigmina 9 mg (4,6 mg/24 h)( Adesivo transdérmico)</t>
   </si>
   <si>
     <t>Romosozumabe 90 mg/mL solução injetável</t>
   </si>
   <si>
     <t>M80.0, M80.1, M80.2, M80.3, M80.4, M80.5, M80.8, M81.0, M81.1, M81.2, M81.3, M81.4, M81.5, M81.6, M81.8, M82.0, M82.1, M82.8, M85.8</t>
@@ -2048,67 +2068,70 @@
   <si>
     <t>Somatropina 4 UI injetável (por frasco-ampola)</t>
   </si>
   <si>
     <t>Sulfassalazina 500 mg (por comprimido)</t>
   </si>
   <si>
     <t>AA regra geral ou quando  associado com Infliximabe, Infliximabe BIO A  ou adalimumabe não autoriza automaticamente</t>
   </si>
   <si>
     <t>K511, K514, K522, M021, M023, M032, M036</t>
   </si>
   <si>
     <t>M070, M072, M073,M074, M075, M076, M080, M081, M082, M083, M084, M088, M089, M45, M468</t>
   </si>
   <si>
     <t>Tacrolimo 1 mg (por cápsula)</t>
   </si>
   <si>
     <t>N040, N041, N042, N043, N044, N045, N046, N047, N048, T861, T864, T862, Z940, Z944, Z941</t>
   </si>
   <si>
     <t>Tacrolimo 5 mg (por cápsula)</t>
   </si>
   <si>
-    <t>Tafamidis meglumina 20 mg (por cápsula)</t>
+    <t>Tafamidis Meglumina 20 mg (por cápsula)</t>
   </si>
   <si>
     <t>E851</t>
+  </si>
+  <si>
+    <t>Tafamidis 61 mg (por cápsula)</t>
+  </si>
+  <si>
+    <t>E850, E858</t>
   </si>
   <si>
     <t>Teriflunomida 14 mg (por comprimido)</t>
   </si>
   <si>
     <t>Timolol 5,0 mg/mL solução oftálmica (por frasco de 5 mL)</t>
   </si>
   <si>
     <t>Tiotrópio, brometo 2,5 mcg + Olodaterol, cloridrato
  2,5 mcg (solução para inalação oral)</t>
-  </si>
-[...1 lines deleted...]
-    <t>J440, J441, J448</t>
   </si>
   <si>
     <t>Tobramicina 300 mg/5 mL solução inalatória (por ampola)</t>
   </si>
   <si>
     <t>Tocilizumabe 20 mg/mL injetável (por frasco-ampola de 4 mL)</t>
   </si>
   <si>
     <t>Tofacitinibe 5 mg (por comprimido)</t>
   </si>
   <si>
     <t>M050, M051, M052, M053, M058, M060, M068, M070, M072, M073, K510, K512, K513, K515, K518</t>
   </si>
   <si>
     <t>Topiramato 100 mg (por comprimido)</t>
   </si>
   <si>
     <t>Topiramato 25 mg (por comprimido)</t>
   </si>
   <si>
     <t>Topiramato 50 mg (por comprimido)</t>
   </si>
   <si>
     <t>Toxina botulínica tipo A 100 U injetável (por frasco-ampola)</t>
   </si>
@@ -2289,107 +2312,112 @@
 </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b/>
         <color rgb="FF000000"/>
         <sz val="9.0"/>
       </rPr>
       <t>- Não autoriza automaticamente:</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="0"/>
         <color rgb="FF000000"/>
         <sz val="9.0"/>
       </rPr>
       <t xml:space="preserve"> regra para medicamentos que não terão AA executada pela DIAF/DITIG. Na 3ª competência, a unidade executará a autorização (renovação) manualmente sem a necessidade da apresentação de novo LME e nova receita.
 O sistema SISMEDEX abrirá normalmente a ação de renovação.  
 Exemplo: Infliximabe, Rituximabe, Toxinas e outros.
 </t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> Atualização: Núcleo SISMEDEX 09/2025</t>
+    <t xml:space="preserve"> Atualização: Núcleo SISMEDEX 02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0000000000"/>
   </numFmts>
-  <fonts count="9">
+  <fonts count="10">
     <font>
       <sz val="10.0"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11.0"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font/>
     <font>
       <b/>
       <sz val="14.0"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="9.0"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="9.0"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="9.0"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
+      <b/>
+      <sz val="9.0"/>
+      <color rgb="FF0000FF"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
       <sz val="11.0"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <b/>
       <sz val="9.0"/>
-      <color rgb="FF0000FF"/>
+      <color theme="1"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="lightGray"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE2EFD9"/>
         <bgColor rgb="FFE2EFD9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFB4C6E7"/>
@@ -2543,51 +2571,51 @@
       </top>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0" applyAlignment="1" applyFont="1"/>
   </cellStyleXfs>
-  <cellXfs count="102">
+  <cellXfs count="103">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="1" numFmtId="0" xfId="0" applyBorder="1" applyFill="1" applyFont="1"/>
     <xf borderId="2" fillId="2" fontId="1" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="2" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="3" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="4" fillId="2" fontId="1" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="0" fillId="2" fontId="1" numFmtId="0" xfId="0" applyFont="1"/>
     <xf borderId="5" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="6" fillId="2" fontId="1" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="7" fillId="2" fontId="1" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="7" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="8" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="9" fillId="3" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="10" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="11" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="12" fillId="4" fontId="4" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
     <xf borderId="13" fillId="4" fontId="4" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" shrinkToFit="0" wrapText="1"/>
     </xf>
@@ -2666,208 +2694,211 @@
     <xf borderId="15" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="16" fillId="2" fontId="5" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="1" vertical="top" wrapText="0"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="5" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf borderId="10" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="6" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="17" fillId="2" fontId="5" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf borderId="5" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="16" fillId="2" fontId="5" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" vertical="top"/>
     </xf>
     <xf borderId="15" fillId="2" fontId="5" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="1" vertical="top" wrapText="0"/>
     </xf>
+    <xf borderId="15" fillId="2" fontId="7" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
+      <alignment horizontal="center" readingOrder="0" vertical="top"/>
+    </xf>
+    <xf borderId="11" fillId="2" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="9" fillId="2" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="15" fillId="2" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
     <xf borderId="8" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment readingOrder="0"/>
     </xf>
     <xf borderId="3" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="11" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="16" fillId="2" fontId="5" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="1" vertical="top" wrapText="0"/>
     </xf>
     <xf borderId="3" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="7" numFmtId="0" xfId="0" applyFont="1"/>
+    <xf borderId="0" fillId="0" fontId="8" numFmtId="0" xfId="0" applyFont="1"/>
     <xf borderId="8" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="18" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="11" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="9" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="15" fillId="2" fontId="5" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="15" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment vertical="top"/>
     </xf>
     <xf borderId="18" fillId="2" fontId="5" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="1" vertical="top" wrapText="0"/>
     </xf>
     <xf borderId="6" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
+    <xf borderId="15" fillId="2" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
     <xf borderId="15" fillId="2" fontId="5" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="1" vertical="top" wrapText="0"/>
     </xf>
     <xf borderId="15" fillId="2" fontId="5" numFmtId="1" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf borderId="3" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="15" fillId="2" fontId="5" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" vertical="top"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="17" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="17" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="15" fillId="2" fontId="4" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="15" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="17" fillId="2" fontId="5" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="1" vertical="top" wrapText="0"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="15" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" readingOrder="0" vertical="top"/>
     </xf>
-    <xf borderId="15" fillId="2" fontId="8" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-[...3 lines deleted...]
-      <alignment readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
+    <xf borderId="15" fillId="2" fontId="7" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
+      <alignment horizontal="center" readingOrder="0" shrinkToFit="1" vertical="top" wrapText="0"/>
     </xf>
     <xf borderId="7" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="left" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="18" fillId="2" fontId="6" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="1" vertical="top" wrapText="0"/>
     </xf>
     <xf borderId="9" fillId="2" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="15" fillId="2" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="18" fillId="2" fontId="5" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf borderId="4" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf borderId="11" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="15" fillId="0" fontId="5" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="1" vertical="top" wrapText="0"/>
     </xf>
     <xf borderId="11" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="10" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="9" fillId="0" fontId="4" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" readingOrder="0" vertical="top"/>
     </xf>
     <xf borderId="9" fillId="0" fontId="4" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="9" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
+    <xf borderId="9" fillId="0" fontId="9" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
     <xf borderId="0" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" name="Normal" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>247650</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="266700"/>
     <xdr:sp>
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="Shape 3"/>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4826888" y="3647720"/>
           <a:ext cx="1038225" cy="264560"/>
@@ -3246,50 +3277,54 @@
     </xdr:from>
     <xdr:ext cx="847725" cy="704850"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="0" name="image1.png" title="Imagem"/>
         <xdr:cNvPicPr preferRelativeResize="0"/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip cstate="print" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<x18tc:personList xmlns:x18tc="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments"/>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4285F4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="EA4335"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="FBBC04"/>
       </a:accent3>
@@ -5290,86 +5325,86 @@
         <v>11</v>
       </c>
       <c r="E60" s="23"/>
       <c r="F60" s="23"/>
       <c r="G60" s="23"/>
       <c r="H60" s="23"/>
       <c r="I60" s="23"/>
       <c r="J60" s="23"/>
       <c r="K60" s="23"/>
       <c r="L60" s="23"/>
       <c r="M60" s="23"/>
       <c r="N60" s="23"/>
       <c r="O60" s="23"/>
       <c r="P60" s="23"/>
       <c r="Q60" s="23"/>
       <c r="R60" s="23"/>
       <c r="S60" s="23"/>
       <c r="T60" s="23"/>
       <c r="U60" s="23"/>
       <c r="V60" s="23"/>
       <c r="W60" s="23"/>
       <c r="X60" s="23"/>
       <c r="Y60" s="23"/>
     </row>
     <row r="61">
-      <c r="A61" s="19" t="s">
+      <c r="A61" s="52">
+        <v>6.04850034E8</v>
+      </c>
+      <c r="B61" s="53" t="s">
         <v>115</v>
       </c>
-      <c r="B61" s="20" t="s">
+      <c r="C61" s="54" t="s">
         <v>116</v>
       </c>
-      <c r="C61" s="21" t="s">
-[...2 lines deleted...]
-      <c r="D61" s="24" t="s">
+      <c r="D61" s="55" t="s">
         <v>11</v>
       </c>
       <c r="E61" s="23"/>
       <c r="F61" s="23"/>
       <c r="G61" s="23"/>
       <c r="H61" s="23"/>
       <c r="I61" s="23"/>
       <c r="J61" s="23"/>
       <c r="K61" s="23"/>
       <c r="L61" s="23"/>
       <c r="M61" s="23"/>
       <c r="N61" s="23"/>
       <c r="O61" s="23"/>
       <c r="P61" s="23"/>
       <c r="Q61" s="23"/>
       <c r="R61" s="23"/>
       <c r="S61" s="23"/>
       <c r="T61" s="23"/>
       <c r="U61" s="23"/>
       <c r="V61" s="23"/>
       <c r="W61" s="23"/>
       <c r="X61" s="23"/>
       <c r="Y61" s="23"/>
     </row>
     <row r="62">
-      <c r="A62" s="51" t="s">
+      <c r="A62" s="19" t="s">
         <v>117</v>
       </c>
       <c r="B62" s="20" t="s">
         <v>118</v>
       </c>
       <c r="C62" s="21" t="s">
         <v>49</v>
       </c>
       <c r="D62" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E62" s="23"/>
       <c r="F62" s="23"/>
       <c r="G62" s="23"/>
       <c r="H62" s="23"/>
       <c r="I62" s="23"/>
       <c r="J62" s="23"/>
       <c r="K62" s="23"/>
       <c r="L62" s="23"/>
       <c r="M62" s="23"/>
       <c r="N62" s="23"/>
       <c r="O62" s="23"/>
       <c r="P62" s="23"/>
       <c r="Q62" s="23"/>
       <c r="R62" s="23"/>
@@ -5430,14038 +5465,14213 @@
         <v>11</v>
       </c>
       <c r="E64" s="23"/>
       <c r="F64" s="23"/>
       <c r="G64" s="23"/>
       <c r="H64" s="23"/>
       <c r="I64" s="23"/>
       <c r="J64" s="23"/>
       <c r="K64" s="23"/>
       <c r="L64" s="23"/>
       <c r="M64" s="23"/>
       <c r="N64" s="23"/>
       <c r="O64" s="23"/>
       <c r="P64" s="23"/>
       <c r="Q64" s="23"/>
       <c r="R64" s="23"/>
       <c r="S64" s="23"/>
       <c r="T64" s="23"/>
       <c r="U64" s="23"/>
       <c r="V64" s="23"/>
       <c r="W64" s="23"/>
       <c r="X64" s="23"/>
       <c r="Y64" s="23"/>
     </row>
     <row r="65">
-      <c r="A65" s="19" t="s">
+      <c r="A65" s="51" t="s">
         <v>123</v>
       </c>
       <c r="B65" s="20" t="s">
         <v>124</v>
       </c>
       <c r="C65" s="21" t="s">
-        <v>96</v>
+        <v>49</v>
       </c>
       <c r="D65" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E65" s="23"/>
       <c r="F65" s="23"/>
       <c r="G65" s="23"/>
       <c r="H65" s="23"/>
       <c r="I65" s="23"/>
       <c r="J65" s="23"/>
       <c r="K65" s="23"/>
       <c r="L65" s="23"/>
       <c r="M65" s="23"/>
       <c r="N65" s="23"/>
       <c r="O65" s="23"/>
       <c r="P65" s="23"/>
       <c r="Q65" s="23"/>
       <c r="R65" s="23"/>
       <c r="S65" s="23"/>
       <c r="T65" s="23"/>
       <c r="U65" s="23"/>
       <c r="V65" s="23"/>
       <c r="W65" s="23"/>
       <c r="X65" s="23"/>
       <c r="Y65" s="23"/>
     </row>
     <row r="66">
-      <c r="A66" s="51" t="s">
+      <c r="A66" s="19" t="s">
         <v>125</v>
       </c>
       <c r="B66" s="20" t="s">
         <v>126</v>
       </c>
       <c r="C66" s="21" t="s">
         <v>96</v>
       </c>
       <c r="D66" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E66" s="23"/>
       <c r="F66" s="23"/>
       <c r="G66" s="23"/>
       <c r="H66" s="23"/>
       <c r="I66" s="23"/>
       <c r="J66" s="23"/>
       <c r="K66" s="23"/>
       <c r="L66" s="23"/>
       <c r="M66" s="23"/>
       <c r="N66" s="23"/>
       <c r="O66" s="23"/>
       <c r="P66" s="23"/>
       <c r="Q66" s="23"/>
       <c r="R66" s="23"/>
       <c r="S66" s="23"/>
       <c r="T66" s="23"/>
       <c r="U66" s="23"/>
       <c r="V66" s="23"/>
       <c r="W66" s="23"/>
       <c r="X66" s="23"/>
       <c r="Y66" s="23"/>
     </row>
     <row r="67">
-      <c r="A67" s="19" t="s">
+      <c r="A67" s="51" t="s">
         <v>127</v>
       </c>
       <c r="B67" s="20" t="s">
         <v>128</v>
       </c>
       <c r="C67" s="21" t="s">
-        <v>129</v>
+        <v>96</v>
       </c>
       <c r="D67" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E67" s="23"/>
       <c r="F67" s="23"/>
       <c r="G67" s="23"/>
       <c r="H67" s="23"/>
       <c r="I67" s="23"/>
       <c r="J67" s="23"/>
       <c r="K67" s="23"/>
       <c r="L67" s="23"/>
       <c r="M67" s="23"/>
       <c r="N67" s="23"/>
       <c r="O67" s="23"/>
       <c r="P67" s="23"/>
       <c r="Q67" s="23"/>
       <c r="R67" s="23"/>
       <c r="S67" s="23"/>
       <c r="T67" s="23"/>
       <c r="U67" s="23"/>
       <c r="V67" s="23"/>
       <c r="W67" s="23"/>
       <c r="X67" s="23"/>
       <c r="Y67" s="23"/>
     </row>
     <row r="68">
-      <c r="A68" s="51" t="s">
+      <c r="A68" s="19" t="s">
+        <v>129</v>
+      </c>
+      <c r="B68" s="20" t="s">
         <v>130</v>
       </c>
-      <c r="B68" s="20" t="s">
+      <c r="C68" s="21" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D68" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E68" s="23"/>
       <c r="F68" s="23"/>
       <c r="G68" s="23"/>
       <c r="H68" s="23"/>
       <c r="I68" s="23"/>
       <c r="J68" s="23"/>
       <c r="K68" s="23"/>
       <c r="L68" s="23"/>
       <c r="M68" s="23"/>
       <c r="N68" s="23"/>
       <c r="O68" s="23"/>
       <c r="P68" s="23"/>
       <c r="Q68" s="23"/>
       <c r="R68" s="23"/>
       <c r="S68" s="23"/>
       <c r="T68" s="23"/>
       <c r="U68" s="23"/>
       <c r="V68" s="23"/>
       <c r="W68" s="23"/>
       <c r="X68" s="23"/>
       <c r="Y68" s="23"/>
     </row>
     <row r="69">
-      <c r="A69" s="19" t="s">
+      <c r="A69" s="51" t="s">
+        <v>132</v>
+      </c>
+      <c r="B69" s="20" t="s">
         <v>133</v>
       </c>
-      <c r="B69" s="20" t="s">
+      <c r="C69" s="21" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="D69" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E69" s="23"/>
       <c r="F69" s="23"/>
       <c r="G69" s="23"/>
       <c r="H69" s="23"/>
       <c r="I69" s="23"/>
       <c r="J69" s="23"/>
       <c r="K69" s="23"/>
       <c r="L69" s="23"/>
       <c r="M69" s="23"/>
       <c r="N69" s="23"/>
       <c r="O69" s="23"/>
       <c r="P69" s="23"/>
       <c r="Q69" s="23"/>
       <c r="R69" s="23"/>
       <c r="S69" s="23"/>
       <c r="T69" s="23"/>
       <c r="U69" s="23"/>
       <c r="V69" s="23"/>
       <c r="W69" s="23"/>
       <c r="X69" s="23"/>
       <c r="Y69" s="23"/>
     </row>
     <row r="70">
-      <c r="A70" s="51" t="s">
+      <c r="A70" s="19" t="s">
         <v>135</v>
       </c>
       <c r="B70" s="20" t="s">
         <v>136</v>
       </c>
       <c r="C70" s="21" t="s">
         <v>91</v>
       </c>
       <c r="D70" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E70" s="23"/>
       <c r="F70" s="23"/>
       <c r="G70" s="23"/>
       <c r="H70" s="23"/>
       <c r="I70" s="23"/>
       <c r="J70" s="23"/>
       <c r="K70" s="23"/>
       <c r="L70" s="23"/>
       <c r="M70" s="23"/>
       <c r="N70" s="23"/>
       <c r="O70" s="23"/>
       <c r="P70" s="23"/>
       <c r="Q70" s="23"/>
       <c r="R70" s="23"/>
       <c r="S70" s="23"/>
       <c r="T70" s="23"/>
       <c r="U70" s="23"/>
       <c r="V70" s="23"/>
       <c r="W70" s="23"/>
       <c r="X70" s="23"/>
       <c r="Y70" s="23"/>
     </row>
     <row r="71">
-      <c r="A71" s="19" t="s">
+      <c r="A71" s="51" t="s">
         <v>137</v>
       </c>
       <c r="B71" s="20" t="s">
         <v>138</v>
       </c>
       <c r="C71" s="21" t="s">
-        <v>129</v>
+        <v>91</v>
       </c>
       <c r="D71" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E71" s="23"/>
       <c r="F71" s="23"/>
       <c r="G71" s="23"/>
       <c r="H71" s="23"/>
       <c r="I71" s="23"/>
       <c r="J71" s="23"/>
       <c r="K71" s="23"/>
       <c r="L71" s="23"/>
       <c r="M71" s="23"/>
       <c r="N71" s="23"/>
       <c r="O71" s="23"/>
       <c r="P71" s="23"/>
       <c r="Q71" s="23"/>
       <c r="R71" s="23"/>
       <c r="S71" s="23"/>
       <c r="T71" s="23"/>
       <c r="U71" s="23"/>
       <c r="V71" s="23"/>
       <c r="W71" s="23"/>
       <c r="X71" s="23"/>
       <c r="Y71" s="23"/>
     </row>
     <row r="72">
-      <c r="A72" s="51">
-        <v>6.04660014E8</v>
+      <c r="A72" s="19" t="s">
+        <v>139</v>
       </c>
       <c r="B72" s="20" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C72" s="21" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D72" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E72" s="23"/>
       <c r="F72" s="23"/>
       <c r="G72" s="23"/>
       <c r="H72" s="23"/>
       <c r="I72" s="23"/>
       <c r="J72" s="23"/>
       <c r="K72" s="23"/>
       <c r="L72" s="23"/>
       <c r="M72" s="23"/>
       <c r="N72" s="23"/>
       <c r="O72" s="23"/>
       <c r="P72" s="23"/>
       <c r="Q72" s="23"/>
       <c r="R72" s="23"/>
       <c r="S72" s="23"/>
       <c r="T72" s="23"/>
       <c r="U72" s="23"/>
       <c r="V72" s="23"/>
       <c r="W72" s="23"/>
       <c r="X72" s="23"/>
       <c r="Y72" s="23"/>
     </row>
     <row r="73">
-      <c r="A73" s="26" t="s">
-[...2 lines deleted...]
-      <c r="B73" s="32" t="s">
+      <c r="A73" s="51">
+        <v>6.04660014E8</v>
+      </c>
+      <c r="B73" s="20" t="s">
         <v>141</v>
       </c>
       <c r="C73" s="21" t="s">
-        <v>142</v>
+        <v>131</v>
       </c>
       <c r="D73" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E73" s="23"/>
       <c r="F73" s="23"/>
       <c r="G73" s="23"/>
       <c r="H73" s="23"/>
       <c r="I73" s="23"/>
       <c r="J73" s="23"/>
       <c r="K73" s="23"/>
       <c r="L73" s="23"/>
       <c r="M73" s="23"/>
       <c r="N73" s="23"/>
       <c r="O73" s="23"/>
       <c r="P73" s="23"/>
       <c r="Q73" s="23"/>
       <c r="R73" s="23"/>
       <c r="S73" s="23"/>
       <c r="T73" s="23"/>
       <c r="U73" s="23"/>
       <c r="V73" s="23"/>
       <c r="W73" s="23"/>
       <c r="X73" s="23"/>
       <c r="Y73" s="23"/>
     </row>
     <row r="74">
-      <c r="A74" s="44">
-        <v>6.04280076E8</v>
+      <c r="A74" s="26" t="s">
+        <v>142</v>
       </c>
       <c r="B74" s="32" t="s">
         <v>143</v>
       </c>
       <c r="C74" s="21" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D74" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E74" s="23"/>
       <c r="F74" s="23"/>
       <c r="G74" s="23"/>
       <c r="H74" s="23"/>
       <c r="I74" s="23"/>
       <c r="J74" s="23"/>
       <c r="K74" s="23"/>
       <c r="L74" s="23"/>
       <c r="M74" s="23"/>
       <c r="N74" s="23"/>
       <c r="O74" s="23"/>
       <c r="P74" s="23"/>
       <c r="Q74" s="23"/>
       <c r="R74" s="23"/>
       <c r="S74" s="23"/>
       <c r="T74" s="23"/>
       <c r="U74" s="23"/>
       <c r="V74" s="23"/>
       <c r="W74" s="23"/>
       <c r="X74" s="23"/>
       <c r="Y74" s="23"/>
     </row>
     <row r="75">
-      <c r="A75" s="26">
-        <v>6.04870019E8</v>
+      <c r="A75" s="44">
+        <v>6.04280076E8</v>
       </c>
       <c r="B75" s="32" t="s">
+        <v>145</v>
+      </c>
+      <c r="C75" s="21" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D75" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E75" s="23"/>
       <c r="F75" s="23"/>
       <c r="G75" s="23"/>
       <c r="H75" s="23"/>
       <c r="I75" s="23"/>
       <c r="J75" s="23"/>
       <c r="K75" s="23"/>
       <c r="L75" s="23"/>
       <c r="M75" s="23"/>
       <c r="N75" s="23"/>
       <c r="O75" s="23"/>
       <c r="P75" s="23"/>
       <c r="Q75" s="23"/>
       <c r="R75" s="23"/>
       <c r="S75" s="23"/>
       <c r="T75" s="23"/>
       <c r="U75" s="23"/>
       <c r="V75" s="23"/>
       <c r="W75" s="23"/>
       <c r="X75" s="23"/>
       <c r="Y75" s="23"/>
     </row>
     <row r="76">
       <c r="A76" s="26">
-        <v>6.04870027E8</v>
+        <v>6.04870019E8</v>
       </c>
       <c r="B76" s="32" t="s">
         <v>146</v>
       </c>
       <c r="C76" s="21" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D76" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E76" s="23"/>
       <c r="F76" s="23"/>
       <c r="G76" s="23"/>
       <c r="H76" s="23"/>
       <c r="I76" s="23"/>
       <c r="J76" s="23"/>
       <c r="K76" s="23"/>
       <c r="L76" s="23"/>
       <c r="M76" s="23"/>
       <c r="N76" s="23"/>
       <c r="O76" s="23"/>
       <c r="P76" s="23"/>
       <c r="Q76" s="23"/>
       <c r="R76" s="23"/>
       <c r="S76" s="23"/>
       <c r="T76" s="23"/>
       <c r="U76" s="23"/>
       <c r="V76" s="23"/>
       <c r="W76" s="23"/>
       <c r="X76" s="23"/>
       <c r="Y76" s="23"/>
     </row>
     <row r="77">
       <c r="A77" s="26">
-        <v>6.04870035E8</v>
+        <v>6.04870027E8</v>
       </c>
       <c r="B77" s="32" t="s">
+        <v>148</v>
+      </c>
+      <c r="C77" s="21" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D77" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E77" s="23"/>
       <c r="F77" s="23"/>
       <c r="G77" s="23"/>
       <c r="H77" s="23"/>
       <c r="I77" s="23"/>
       <c r="J77" s="23"/>
       <c r="K77" s="23"/>
       <c r="L77" s="23"/>
       <c r="M77" s="23"/>
       <c r="N77" s="23"/>
       <c r="O77" s="23"/>
       <c r="P77" s="23"/>
       <c r="Q77" s="23"/>
       <c r="R77" s="23"/>
       <c r="S77" s="23"/>
       <c r="T77" s="23"/>
       <c r="U77" s="23"/>
       <c r="V77" s="23"/>
       <c r="W77" s="23"/>
       <c r="X77" s="23"/>
       <c r="Y77" s="23"/>
     </row>
     <row r="78">
-      <c r="A78" s="44">
-        <v>6.04030037E8</v>
+      <c r="A78" s="26">
+        <v>6.04870035E8</v>
       </c>
       <c r="B78" s="32" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C78" s="21" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D78" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E78" s="23"/>
       <c r="F78" s="23"/>
       <c r="G78" s="23"/>
       <c r="H78" s="23"/>
       <c r="I78" s="23"/>
       <c r="J78" s="23"/>
       <c r="K78" s="23"/>
       <c r="L78" s="23"/>
       <c r="M78" s="23"/>
       <c r="N78" s="23"/>
       <c r="O78" s="23"/>
       <c r="P78" s="23"/>
       <c r="Q78" s="23"/>
       <c r="R78" s="23"/>
       <c r="S78" s="23"/>
       <c r="T78" s="23"/>
       <c r="U78" s="23"/>
       <c r="V78" s="23"/>
       <c r="W78" s="23"/>
       <c r="X78" s="23"/>
       <c r="Y78" s="23"/>
     </row>
     <row r="79">
-      <c r="A79" s="51">
-[...2 lines deleted...]
-      <c r="B79" s="20" t="s">
+      <c r="A79" s="44">
+        <v>6.04030037E8</v>
+      </c>
+      <c r="B79" s="32" t="s">
         <v>150</v>
       </c>
       <c r="C79" s="21" t="s">
         <v>151</v>
       </c>
       <c r="D79" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E79" s="23"/>
       <c r="F79" s="23"/>
       <c r="G79" s="23"/>
       <c r="H79" s="23"/>
       <c r="I79" s="23"/>
       <c r="J79" s="23"/>
       <c r="K79" s="23"/>
       <c r="L79" s="23"/>
       <c r="M79" s="23"/>
       <c r="N79" s="23"/>
       <c r="O79" s="23"/>
       <c r="P79" s="23"/>
       <c r="Q79" s="23"/>
       <c r="R79" s="23"/>
       <c r="S79" s="23"/>
       <c r="T79" s="23"/>
       <c r="U79" s="23"/>
       <c r="V79" s="23"/>
       <c r="W79" s="23"/>
       <c r="X79" s="23"/>
       <c r="Y79" s="23"/>
     </row>
     <row r="80">
-      <c r="A80" s="44">
-[...2 lines deleted...]
-      <c r="B80" s="32" t="s">
+      <c r="A80" s="51">
+        <v>6.04700016E8</v>
+      </c>
+      <c r="B80" s="20" t="s">
         <v>152</v>
       </c>
       <c r="C80" s="21" t="s">
         <v>153</v>
       </c>
       <c r="D80" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E80" s="23"/>
       <c r="F80" s="23"/>
       <c r="G80" s="23"/>
       <c r="H80" s="23"/>
       <c r="I80" s="23"/>
       <c r="J80" s="23"/>
       <c r="K80" s="23"/>
       <c r="L80" s="23"/>
       <c r="M80" s="23"/>
       <c r="N80" s="23"/>
       <c r="O80" s="23"/>
       <c r="P80" s="23"/>
       <c r="Q80" s="23"/>
       <c r="R80" s="23"/>
       <c r="S80" s="23"/>
       <c r="T80" s="23"/>
       <c r="U80" s="23"/>
       <c r="V80" s="23"/>
       <c r="W80" s="23"/>
       <c r="X80" s="23"/>
       <c r="Y80" s="23"/>
     </row>
     <row r="81">
-      <c r="A81" s="26" t="s">
+      <c r="A81" s="44">
+        <v>6.04570031E8</v>
+      </c>
+      <c r="B81" s="32" t="s">
         <v>154</v>
       </c>
-      <c r="B81" s="32" t="s">
+      <c r="C81" s="21" t="s">
         <v>155</v>
       </c>
-      <c r="C81" s="52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D81" s="24" t="s">
         <v>11</v>
       </c>
-      <c r="E81" s="53"/>
+      <c r="E81" s="23"/>
       <c r="F81" s="23"/>
       <c r="G81" s="23"/>
       <c r="H81" s="23"/>
       <c r="I81" s="23"/>
       <c r="J81" s="23"/>
       <c r="K81" s="23"/>
       <c r="L81" s="23"/>
       <c r="M81" s="23"/>
       <c r="N81" s="23"/>
       <c r="O81" s="23"/>
       <c r="P81" s="23"/>
       <c r="Q81" s="23"/>
       <c r="R81" s="23"/>
       <c r="S81" s="23"/>
       <c r="T81" s="23"/>
       <c r="U81" s="23"/>
       <c r="V81" s="23"/>
       <c r="W81" s="23"/>
       <c r="X81" s="23"/>
       <c r="Y81" s="23"/>
     </row>
     <row r="82">
-      <c r="A82" s="54">
-        <v>4.201070017E9</v>
+      <c r="A82" s="26" t="s">
+        <v>156</v>
       </c>
       <c r="B82" s="32" t="s">
         <v>157</v>
       </c>
-      <c r="C82" s="32" t="s">
+      <c r="C82" s="56" t="s">
         <v>158</v>
       </c>
-      <c r="D82" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E82" s="53"/>
+      <c r="D82" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" s="57"/>
       <c r="F82" s="23"/>
       <c r="G82" s="23"/>
       <c r="H82" s="23"/>
       <c r="I82" s="23"/>
       <c r="J82" s="23"/>
       <c r="K82" s="23"/>
       <c r="L82" s="23"/>
       <c r="M82" s="23"/>
       <c r="N82" s="23"/>
       <c r="O82" s="23"/>
       <c r="P82" s="23"/>
       <c r="Q82" s="23"/>
       <c r="R82" s="23"/>
       <c r="S82" s="23"/>
       <c r="T82" s="23"/>
       <c r="U82" s="23"/>
       <c r="V82" s="23"/>
       <c r="W82" s="23"/>
       <c r="X82" s="23"/>
       <c r="Y82" s="23"/>
     </row>
     <row r="83">
-      <c r="A83" s="44">
-[...2 lines deleted...]
-      <c r="B83" s="30" t="s">
+      <c r="A83" s="58">
+        <v>4.201070017E9</v>
+      </c>
+      <c r="B83" s="32" t="s">
         <v>159</v>
       </c>
-      <c r="C83" s="21" t="s">
-[...5 lines deleted...]
-      <c r="E83" s="23"/>
+      <c r="C83" s="32" t="s">
+        <v>160</v>
+      </c>
+      <c r="D83" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" s="57"/>
       <c r="F83" s="23"/>
       <c r="G83" s="23"/>
       <c r="H83" s="23"/>
       <c r="I83" s="23"/>
       <c r="J83" s="23"/>
       <c r="K83" s="23"/>
       <c r="L83" s="23"/>
       <c r="M83" s="23"/>
       <c r="N83" s="23"/>
       <c r="O83" s="23"/>
       <c r="P83" s="23"/>
       <c r="Q83" s="23"/>
       <c r="R83" s="23"/>
       <c r="S83" s="23"/>
       <c r="T83" s="23"/>
       <c r="U83" s="23"/>
       <c r="V83" s="23"/>
       <c r="W83" s="23"/>
       <c r="X83" s="23"/>
       <c r="Y83" s="23"/>
     </row>
     <row r="84">
-      <c r="A84" s="29"/>
-      <c r="B84" s="31"/>
+      <c r="A84" s="44">
+        <v>6.0438007E8</v>
+      </c>
+      <c r="B84" s="30" t="s">
+        <v>161</v>
+      </c>
       <c r="C84" s="21" t="s">
-        <v>160</v>
+        <v>35</v>
       </c>
       <c r="D84" s="24" t="s">
         <v>29</v>
       </c>
       <c r="E84" s="23"/>
       <c r="F84" s="23"/>
       <c r="G84" s="23"/>
       <c r="H84" s="23"/>
       <c r="I84" s="23"/>
       <c r="J84" s="23"/>
       <c r="K84" s="23"/>
       <c r="L84" s="23"/>
       <c r="M84" s="23"/>
       <c r="N84" s="23"/>
       <c r="O84" s="23"/>
       <c r="P84" s="23"/>
       <c r="Q84" s="23"/>
       <c r="R84" s="23"/>
       <c r="S84" s="23"/>
       <c r="T84" s="23"/>
       <c r="U84" s="23"/>
       <c r="V84" s="23"/>
       <c r="W84" s="23"/>
       <c r="X84" s="23"/>
       <c r="Y84" s="23"/>
     </row>
     <row r="85">
-      <c r="A85" s="44">
-[...5 lines deleted...]
-      <c r="C85" s="25" t="s">
+      <c r="A85" s="29"/>
+      <c r="B85" s="31"/>
+      <c r="C85" s="21" t="s">
         <v>162</v>
       </c>
       <c r="D85" s="24" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="E85" s="23"/>
       <c r="F85" s="23"/>
       <c r="G85" s="23"/>
       <c r="H85" s="23"/>
       <c r="I85" s="23"/>
       <c r="J85" s="23"/>
       <c r="K85" s="23"/>
       <c r="L85" s="23"/>
       <c r="M85" s="23"/>
       <c r="N85" s="23"/>
       <c r="O85" s="23"/>
       <c r="P85" s="23"/>
       <c r="Q85" s="23"/>
       <c r="R85" s="23"/>
       <c r="S85" s="23"/>
       <c r="T85" s="23"/>
       <c r="U85" s="23"/>
       <c r="V85" s="23"/>
       <c r="W85" s="23"/>
       <c r="X85" s="23"/>
       <c r="Y85" s="23"/>
     </row>
-    <row r="86" ht="25.5" customHeight="1">
-[...3 lines deleted...]
-        <v>102</v>
+    <row r="86">
+      <c r="A86" s="44">
+        <v>6.04090013E8</v>
+      </c>
+      <c r="B86" s="30" t="s">
+        <v>163</v>
+      </c>
+      <c r="C86" s="25" t="s">
+        <v>164</v>
       </c>
       <c r="D86" s="24" t="s">
-        <v>163</v>
+        <v>11</v>
       </c>
       <c r="E86" s="23"/>
       <c r="F86" s="23"/>
       <c r="G86" s="23"/>
       <c r="H86" s="23"/>
       <c r="I86" s="23"/>
       <c r="J86" s="23"/>
       <c r="K86" s="23"/>
       <c r="L86" s="23"/>
       <c r="M86" s="23"/>
       <c r="N86" s="23"/>
       <c r="O86" s="23"/>
       <c r="P86" s="23"/>
       <c r="Q86" s="23"/>
       <c r="R86" s="23"/>
       <c r="S86" s="23"/>
       <c r="T86" s="23"/>
       <c r="U86" s="23"/>
       <c r="V86" s="23"/>
       <c r="W86" s="23"/>
       <c r="X86" s="23"/>
       <c r="Y86" s="23"/>
     </row>
-    <row r="87">
-[...6 lines deleted...]
-      <c r="C87" s="46" t="s">
+    <row r="87" ht="25.5" customHeight="1">
+      <c r="A87" s="29"/>
+      <c r="B87" s="29"/>
+      <c r="C87" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="D87" s="24" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E87" s="23"/>
       <c r="F87" s="23"/>
       <c r="G87" s="23"/>
       <c r="H87" s="23"/>
       <c r="I87" s="23"/>
       <c r="J87" s="23"/>
       <c r="K87" s="23"/>
       <c r="L87" s="23"/>
       <c r="M87" s="23"/>
       <c r="N87" s="23"/>
       <c r="O87" s="23"/>
       <c r="P87" s="23"/>
       <c r="Q87" s="23"/>
       <c r="R87" s="23"/>
       <c r="S87" s="23"/>
       <c r="T87" s="23"/>
       <c r="U87" s="23"/>
       <c r="V87" s="23"/>
       <c r="W87" s="23"/>
       <c r="X87" s="23"/>
       <c r="Y87" s="23"/>
     </row>
     <row r="88">
-      <c r="A88" s="29"/>
-      <c r="B88" s="29"/>
+      <c r="A88" s="44">
+        <v>6.04340044E8</v>
+      </c>
+      <c r="B88" s="30" t="s">
+        <v>166</v>
+      </c>
       <c r="C88" s="46" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>167</v>
+      </c>
+      <c r="D88" s="22" t="s">
+        <v>11</v>
       </c>
       <c r="E88" s="23"/>
       <c r="F88" s="23"/>
       <c r="G88" s="23"/>
       <c r="H88" s="23"/>
       <c r="I88" s="23"/>
       <c r="J88" s="23"/>
       <c r="K88" s="23"/>
       <c r="L88" s="23"/>
       <c r="M88" s="23"/>
       <c r="N88" s="23"/>
       <c r="O88" s="23"/>
       <c r="P88" s="23"/>
       <c r="Q88" s="23"/>
       <c r="R88" s="23"/>
       <c r="S88" s="23"/>
       <c r="T88" s="23"/>
       <c r="U88" s="23"/>
       <c r="V88" s="23"/>
       <c r="W88" s="23"/>
       <c r="X88" s="23"/>
       <c r="Y88" s="23"/>
     </row>
     <row r="89">
       <c r="A89" s="29"/>
       <c r="B89" s="29"/>
       <c r="C89" s="46" t="s">
-        <v>166</v>
+        <v>153</v>
       </c>
       <c r="D89" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E89" s="23"/>
       <c r="F89" s="23"/>
       <c r="G89" s="23"/>
       <c r="H89" s="23"/>
       <c r="I89" s="23"/>
       <c r="J89" s="23"/>
       <c r="K89" s="23"/>
       <c r="L89" s="23"/>
       <c r="M89" s="23"/>
       <c r="N89" s="23"/>
       <c r="O89" s="23"/>
       <c r="P89" s="23"/>
       <c r="Q89" s="23"/>
       <c r="R89" s="23"/>
       <c r="S89" s="23"/>
       <c r="T89" s="23"/>
       <c r="U89" s="23"/>
       <c r="V89" s="23"/>
       <c r="W89" s="23"/>
       <c r="X89" s="23"/>
       <c r="Y89" s="23"/>
     </row>
     <row r="90">
       <c r="A90" s="29"/>
       <c r="B90" s="29"/>
-      <c r="C90" s="28" t="s">
-        <v>167</v>
+      <c r="C90" s="46" t="s">
+        <v>168</v>
       </c>
       <c r="D90" s="24" t="s">
-        <v>168</v>
+        <v>11</v>
       </c>
       <c r="E90" s="23"/>
       <c r="F90" s="23"/>
       <c r="G90" s="23"/>
       <c r="H90" s="23"/>
       <c r="I90" s="23"/>
       <c r="J90" s="23"/>
       <c r="K90" s="23"/>
       <c r="L90" s="23"/>
       <c r="M90" s="23"/>
       <c r="N90" s="23"/>
       <c r="O90" s="23"/>
       <c r="P90" s="23"/>
       <c r="Q90" s="23"/>
       <c r="R90" s="23"/>
       <c r="S90" s="23"/>
       <c r="T90" s="23"/>
       <c r="U90" s="23"/>
       <c r="V90" s="23"/>
       <c r="W90" s="23"/>
       <c r="X90" s="23"/>
       <c r="Y90" s="23"/>
     </row>
     <row r="91">
       <c r="A91" s="29"/>
       <c r="B91" s="29"/>
       <c r="C91" s="28" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="D91" s="22" t="s">
         <v>169</v>
+      </c>
+      <c r="D91" s="24" t="s">
+        <v>170</v>
       </c>
       <c r="E91" s="23"/>
       <c r="F91" s="23"/>
       <c r="G91" s="23"/>
       <c r="H91" s="23"/>
       <c r="I91" s="23"/>
       <c r="J91" s="23"/>
       <c r="K91" s="23"/>
       <c r="L91" s="23"/>
       <c r="M91" s="23"/>
       <c r="N91" s="23"/>
       <c r="O91" s="23"/>
       <c r="P91" s="23"/>
       <c r="Q91" s="23"/>
       <c r="R91" s="23"/>
       <c r="S91" s="23"/>
       <c r="T91" s="23"/>
       <c r="U91" s="23"/>
       <c r="V91" s="23"/>
       <c r="W91" s="23"/>
       <c r="X91" s="23"/>
       <c r="Y91" s="23"/>
     </row>
     <row r="92">
       <c r="A92" s="29"/>
       <c r="B92" s="29"/>
       <c r="C92" s="28" t="s">
-        <v>6</v>
+        <v>107</v>
       </c>
       <c r="D92" s="22" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E92" s="23"/>
       <c r="F92" s="23"/>
       <c r="G92" s="23"/>
       <c r="H92" s="23"/>
       <c r="I92" s="23"/>
       <c r="J92" s="23"/>
       <c r="K92" s="23"/>
       <c r="L92" s="23"/>
       <c r="M92" s="23"/>
       <c r="N92" s="23"/>
       <c r="O92" s="23"/>
       <c r="P92" s="23"/>
       <c r="Q92" s="23"/>
       <c r="R92" s="23"/>
       <c r="S92" s="23"/>
       <c r="T92" s="23"/>
       <c r="U92" s="23"/>
       <c r="V92" s="23"/>
       <c r="W92" s="23"/>
       <c r="X92" s="23"/>
       <c r="Y92" s="23"/>
     </row>
     <row r="93">
       <c r="A93" s="29"/>
       <c r="B93" s="29"/>
       <c r="C93" s="28" t="s">
-        <v>171</v>
+        <v>6</v>
       </c>
       <c r="D93" s="22" t="s">
         <v>172</v>
       </c>
       <c r="E93" s="23"/>
       <c r="F93" s="23"/>
       <c r="G93" s="23"/>
       <c r="H93" s="23"/>
       <c r="I93" s="23"/>
       <c r="J93" s="23"/>
       <c r="K93" s="23"/>
       <c r="L93" s="23"/>
       <c r="M93" s="23"/>
       <c r="N93" s="23"/>
       <c r="O93" s="23"/>
       <c r="P93" s="23"/>
       <c r="Q93" s="23"/>
       <c r="R93" s="23"/>
       <c r="S93" s="23"/>
       <c r="T93" s="23"/>
       <c r="U93" s="23"/>
       <c r="V93" s="23"/>
       <c r="W93" s="23"/>
       <c r="X93" s="23"/>
       <c r="Y93" s="23"/>
     </row>
     <row r="94">
-      <c r="A94" s="26" t="s">
+      <c r="A94" s="29"/>
+      <c r="B94" s="29"/>
+      <c r="C94" s="28" t="s">
         <v>173</v>
       </c>
-      <c r="B94" s="30" t="s">
+      <c r="D94" s="22" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E94" s="23"/>
       <c r="F94" s="23"/>
       <c r="G94" s="23"/>
       <c r="H94" s="23"/>
       <c r="I94" s="23"/>
       <c r="J94" s="23"/>
       <c r="K94" s="23"/>
       <c r="L94" s="23"/>
       <c r="M94" s="23"/>
       <c r="N94" s="23"/>
       <c r="O94" s="23"/>
       <c r="P94" s="23"/>
       <c r="Q94" s="23"/>
       <c r="R94" s="23"/>
       <c r="S94" s="23"/>
       <c r="T94" s="23"/>
       <c r="U94" s="23"/>
       <c r="V94" s="23"/>
       <c r="W94" s="23"/>
       <c r="X94" s="23"/>
       <c r="Y94" s="23"/>
     </row>
     <row r="95">
-      <c r="A95" s="29"/>
-      <c r="B95" s="29"/>
+      <c r="A95" s="26" t="s">
+        <v>175</v>
+      </c>
+      <c r="B95" s="30" t="s">
+        <v>176</v>
+      </c>
       <c r="C95" s="46" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>167</v>
+      </c>
+      <c r="D95" s="22" t="s">
+        <v>11</v>
       </c>
       <c r="E95" s="23"/>
       <c r="F95" s="23"/>
       <c r="G95" s="23"/>
       <c r="H95" s="23"/>
       <c r="I95" s="23"/>
       <c r="J95" s="23"/>
       <c r="K95" s="23"/>
       <c r="L95" s="23"/>
       <c r="M95" s="23"/>
       <c r="N95" s="23"/>
       <c r="O95" s="23"/>
       <c r="P95" s="23"/>
       <c r="Q95" s="23"/>
       <c r="R95" s="23"/>
       <c r="S95" s="23"/>
       <c r="T95" s="23"/>
       <c r="U95" s="23"/>
       <c r="V95" s="23"/>
       <c r="W95" s="23"/>
       <c r="X95" s="23"/>
       <c r="Y95" s="23"/>
     </row>
     <row r="96">
       <c r="A96" s="29"/>
       <c r="B96" s="29"/>
       <c r="C96" s="46" t="s">
-        <v>175</v>
+        <v>153</v>
       </c>
       <c r="D96" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E96" s="23"/>
       <c r="F96" s="23"/>
       <c r="G96" s="23"/>
       <c r="H96" s="23"/>
       <c r="I96" s="23"/>
       <c r="J96" s="23"/>
       <c r="K96" s="23"/>
       <c r="L96" s="23"/>
       <c r="M96" s="23"/>
       <c r="N96" s="23"/>
       <c r="O96" s="23"/>
       <c r="P96" s="23"/>
       <c r="Q96" s="23"/>
       <c r="R96" s="23"/>
       <c r="S96" s="23"/>
       <c r="T96" s="23"/>
       <c r="U96" s="23"/>
       <c r="V96" s="23"/>
       <c r="W96" s="23"/>
       <c r="X96" s="23"/>
       <c r="Y96" s="23"/>
     </row>
     <row r="97">
       <c r="A97" s="29"/>
       <c r="B97" s="29"/>
-      <c r="C97" s="28" t="s">
-        <v>176</v>
+      <c r="C97" s="46" t="s">
+        <v>177</v>
       </c>
       <c r="D97" s="24" t="s">
-        <v>168</v>
+        <v>11</v>
       </c>
       <c r="E97" s="23"/>
       <c r="F97" s="23"/>
       <c r="G97" s="23"/>
       <c r="H97" s="23"/>
       <c r="I97" s="23"/>
       <c r="J97" s="23"/>
       <c r="K97" s="23"/>
       <c r="L97" s="23"/>
       <c r="M97" s="23"/>
       <c r="N97" s="23"/>
       <c r="O97" s="23"/>
       <c r="P97" s="23"/>
       <c r="Q97" s="23"/>
       <c r="R97" s="23"/>
       <c r="S97" s="23"/>
       <c r="T97" s="23"/>
       <c r="U97" s="23"/>
       <c r="V97" s="23"/>
       <c r="W97" s="23"/>
       <c r="X97" s="23"/>
       <c r="Y97" s="23"/>
     </row>
     <row r="98">
       <c r="A98" s="29"/>
       <c r="B98" s="29"/>
       <c r="C98" s="28" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>178</v>
+      </c>
+      <c r="D98" s="24" t="s">
+        <v>170</v>
       </c>
       <c r="E98" s="23"/>
       <c r="F98" s="23"/>
       <c r="G98" s="23"/>
       <c r="H98" s="23"/>
       <c r="I98" s="23"/>
       <c r="J98" s="23"/>
       <c r="K98" s="23"/>
       <c r="L98" s="23"/>
       <c r="M98" s="23"/>
       <c r="N98" s="23"/>
       <c r="O98" s="23"/>
       <c r="P98" s="23"/>
       <c r="Q98" s="23"/>
       <c r="R98" s="23"/>
       <c r="S98" s="23"/>
       <c r="T98" s="23"/>
       <c r="U98" s="23"/>
       <c r="V98" s="23"/>
       <c r="W98" s="23"/>
       <c r="X98" s="23"/>
       <c r="Y98" s="23"/>
     </row>
     <row r="99">
       <c r="A99" s="29"/>
       <c r="B99" s="29"/>
       <c r="C99" s="28" t="s">
-        <v>6</v>
+        <v>107</v>
       </c>
       <c r="D99" s="22" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E99" s="23"/>
       <c r="F99" s="23"/>
       <c r="G99" s="23"/>
       <c r="H99" s="23"/>
       <c r="I99" s="23"/>
       <c r="J99" s="23"/>
       <c r="K99" s="23"/>
       <c r="L99" s="23"/>
       <c r="M99" s="23"/>
       <c r="N99" s="23"/>
       <c r="O99" s="23"/>
       <c r="P99" s="23"/>
       <c r="Q99" s="23"/>
       <c r="R99" s="23"/>
       <c r="S99" s="23"/>
       <c r="T99" s="23"/>
       <c r="U99" s="23"/>
       <c r="V99" s="23"/>
       <c r="W99" s="23"/>
       <c r="X99" s="23"/>
       <c r="Y99" s="23"/>
     </row>
     <row r="100">
       <c r="A100" s="29"/>
       <c r="B100" s="29"/>
       <c r="C100" s="28" t="s">
-        <v>171</v>
+        <v>6</v>
       </c>
       <c r="D100" s="22" t="s">
-        <v>106</v>
+        <v>172</v>
       </c>
       <c r="E100" s="23"/>
       <c r="F100" s="23"/>
       <c r="G100" s="23"/>
       <c r="H100" s="23"/>
       <c r="I100" s="23"/>
       <c r="J100" s="23"/>
       <c r="K100" s="23"/>
       <c r="L100" s="23"/>
       <c r="M100" s="23"/>
       <c r="N100" s="23"/>
       <c r="O100" s="23"/>
       <c r="P100" s="23"/>
       <c r="Q100" s="23"/>
       <c r="R100" s="23"/>
       <c r="S100" s="23"/>
       <c r="T100" s="23"/>
       <c r="U100" s="23"/>
       <c r="V100" s="23"/>
       <c r="W100" s="23"/>
       <c r="X100" s="23"/>
       <c r="Y100" s="23"/>
     </row>
     <row r="101">
-      <c r="A101" s="44">
-[...6 lines deleted...]
-        <v>165</v>
+      <c r="A101" s="29"/>
+      <c r="B101" s="29"/>
+      <c r="C101" s="28" t="s">
+        <v>173</v>
       </c>
       <c r="D101" s="22" t="s">
-        <v>11</v>
+        <v>106</v>
       </c>
       <c r="E101" s="23"/>
       <c r="F101" s="23"/>
       <c r="G101" s="23"/>
       <c r="H101" s="23"/>
       <c r="I101" s="23"/>
       <c r="J101" s="23"/>
       <c r="K101" s="23"/>
       <c r="L101" s="23"/>
       <c r="M101" s="23"/>
       <c r="N101" s="23"/>
       <c r="O101" s="23"/>
       <c r="P101" s="23"/>
       <c r="Q101" s="23"/>
       <c r="R101" s="23"/>
       <c r="S101" s="23"/>
       <c r="T101" s="23"/>
       <c r="U101" s="23"/>
       <c r="V101" s="23"/>
       <c r="W101" s="23"/>
       <c r="X101" s="23"/>
       <c r="Y101" s="23"/>
     </row>
     <row r="102">
-      <c r="A102" s="29"/>
-      <c r="B102" s="29"/>
+      <c r="A102" s="44">
+        <v>6.04340028E8</v>
+      </c>
+      <c r="B102" s="30" t="s">
+        <v>179</v>
+      </c>
       <c r="C102" s="46" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>167</v>
+      </c>
+      <c r="D102" s="22" t="s">
+        <v>11</v>
       </c>
       <c r="E102" s="23"/>
       <c r="F102" s="23"/>
       <c r="G102" s="23"/>
       <c r="H102" s="23"/>
       <c r="I102" s="23"/>
       <c r="J102" s="23"/>
       <c r="K102" s="23"/>
       <c r="L102" s="23"/>
       <c r="M102" s="23"/>
       <c r="N102" s="23"/>
       <c r="O102" s="23"/>
       <c r="P102" s="23"/>
       <c r="Q102" s="23"/>
       <c r="R102" s="23"/>
       <c r="S102" s="23"/>
       <c r="T102" s="23"/>
       <c r="U102" s="23"/>
       <c r="V102" s="23"/>
       <c r="W102" s="23"/>
       <c r="X102" s="23"/>
       <c r="Y102" s="23"/>
     </row>
     <row r="103">
       <c r="A103" s="29"/>
       <c r="B103" s="29"/>
       <c r="C103" s="46" t="s">
-        <v>178</v>
+        <v>153</v>
       </c>
       <c r="D103" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E103" s="23"/>
       <c r="F103" s="23"/>
       <c r="G103" s="23"/>
       <c r="H103" s="23"/>
       <c r="I103" s="23"/>
       <c r="J103" s="23"/>
       <c r="K103" s="23"/>
       <c r="L103" s="23"/>
       <c r="M103" s="23"/>
       <c r="N103" s="23"/>
       <c r="O103" s="23"/>
       <c r="P103" s="23"/>
       <c r="Q103" s="23"/>
       <c r="R103" s="23"/>
       <c r="S103" s="23"/>
       <c r="T103" s="23"/>
       <c r="U103" s="23"/>
       <c r="V103" s="23"/>
       <c r="W103" s="23"/>
       <c r="X103" s="23"/>
       <c r="Y103" s="23"/>
     </row>
     <row r="104">
       <c r="A104" s="29"/>
       <c r="B104" s="29"/>
-      <c r="C104" s="28" t="s">
-        <v>179</v>
+      <c r="C104" s="46" t="s">
+        <v>180</v>
       </c>
       <c r="D104" s="24" t="s">
-        <v>168</v>
+        <v>11</v>
       </c>
       <c r="E104" s="23"/>
       <c r="F104" s="23"/>
       <c r="G104" s="23"/>
       <c r="H104" s="23"/>
       <c r="I104" s="23"/>
       <c r="J104" s="23"/>
       <c r="K104" s="23"/>
       <c r="L104" s="23"/>
       <c r="M104" s="23"/>
       <c r="N104" s="23"/>
       <c r="O104" s="23"/>
       <c r="P104" s="23"/>
       <c r="Q104" s="23"/>
       <c r="R104" s="23"/>
       <c r="S104" s="23"/>
       <c r="T104" s="23"/>
       <c r="U104" s="23"/>
       <c r="V104" s="23"/>
       <c r="W104" s="23"/>
       <c r="X104" s="23"/>
       <c r="Y104" s="23"/>
     </row>
     <row r="105">
       <c r="A105" s="29"/>
       <c r="B105" s="29"/>
       <c r="C105" s="28" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>181</v>
+      </c>
+      <c r="D105" s="24" t="s">
+        <v>170</v>
       </c>
       <c r="E105" s="23"/>
       <c r="F105" s="23"/>
       <c r="G105" s="23"/>
       <c r="H105" s="23"/>
       <c r="I105" s="23"/>
       <c r="J105" s="23"/>
       <c r="K105" s="23"/>
       <c r="L105" s="23"/>
       <c r="M105" s="23"/>
       <c r="N105" s="23"/>
       <c r="O105" s="23"/>
       <c r="P105" s="23"/>
       <c r="Q105" s="23"/>
       <c r="R105" s="23"/>
       <c r="S105" s="23"/>
       <c r="T105" s="23"/>
       <c r="U105" s="23"/>
       <c r="V105" s="23"/>
       <c r="W105" s="23"/>
       <c r="X105" s="23"/>
       <c r="Y105" s="23"/>
     </row>
     <row r="106">
       <c r="A106" s="29"/>
       <c r="B106" s="29"/>
       <c r="C106" s="28" t="s">
-        <v>6</v>
+        <v>107</v>
       </c>
       <c r="D106" s="22" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E106" s="23"/>
       <c r="F106" s="23"/>
       <c r="G106" s="23"/>
       <c r="H106" s="23"/>
       <c r="I106" s="23"/>
       <c r="J106" s="23"/>
       <c r="K106" s="23"/>
       <c r="L106" s="23"/>
       <c r="M106" s="23"/>
       <c r="N106" s="23"/>
       <c r="O106" s="23"/>
       <c r="P106" s="23"/>
       <c r="Q106" s="23"/>
       <c r="R106" s="23"/>
       <c r="S106" s="23"/>
       <c r="T106" s="23"/>
       <c r="U106" s="23"/>
       <c r="V106" s="23"/>
       <c r="W106" s="23"/>
       <c r="X106" s="23"/>
       <c r="Y106" s="23"/>
     </row>
     <row r="107">
       <c r="A107" s="29"/>
       <c r="B107" s="29"/>
       <c r="C107" s="28" t="s">
-        <v>171</v>
+        <v>6</v>
       </c>
       <c r="D107" s="22" t="s">
         <v>172</v>
       </c>
       <c r="E107" s="23"/>
       <c r="F107" s="23"/>
       <c r="G107" s="23"/>
       <c r="H107" s="23"/>
       <c r="I107" s="23"/>
       <c r="J107" s="23"/>
       <c r="K107" s="23"/>
       <c r="L107" s="23"/>
       <c r="M107" s="23"/>
       <c r="N107" s="23"/>
       <c r="O107" s="23"/>
       <c r="P107" s="23"/>
       <c r="Q107" s="23"/>
       <c r="R107" s="23"/>
       <c r="S107" s="23"/>
       <c r="T107" s="23"/>
       <c r="U107" s="23"/>
       <c r="V107" s="23"/>
       <c r="W107" s="23"/>
       <c r="X107" s="23"/>
       <c r="Y107" s="23"/>
     </row>
     <row r="108">
-      <c r="A108" s="44">
-[...6 lines deleted...]
-        <v>165</v>
+      <c r="A108" s="29"/>
+      <c r="B108" s="29"/>
+      <c r="C108" s="28" t="s">
+        <v>173</v>
       </c>
       <c r="D108" s="22" t="s">
-        <v>11</v>
+        <v>174</v>
       </c>
       <c r="E108" s="23"/>
       <c r="F108" s="23"/>
       <c r="G108" s="23"/>
       <c r="H108" s="23"/>
       <c r="I108" s="23"/>
       <c r="J108" s="23"/>
       <c r="K108" s="23"/>
       <c r="L108" s="23"/>
       <c r="M108" s="23"/>
       <c r="N108" s="23"/>
       <c r="O108" s="23"/>
       <c r="P108" s="23"/>
       <c r="Q108" s="23"/>
       <c r="R108" s="23"/>
       <c r="S108" s="23"/>
       <c r="T108" s="23"/>
       <c r="U108" s="23"/>
       <c r="V108" s="23"/>
       <c r="W108" s="23"/>
       <c r="X108" s="23"/>
       <c r="Y108" s="23"/>
     </row>
     <row r="109">
-      <c r="A109" s="29"/>
-      <c r="B109" s="29"/>
+      <c r="A109" s="44">
+        <v>6.04340036E8</v>
+      </c>
+      <c r="B109" s="30" t="s">
+        <v>182</v>
+      </c>
       <c r="C109" s="46" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>167</v>
+      </c>
+      <c r="D109" s="22" t="s">
+        <v>11</v>
       </c>
       <c r="E109" s="23"/>
       <c r="F109" s="23"/>
       <c r="G109" s="23"/>
       <c r="H109" s="23"/>
       <c r="I109" s="23"/>
       <c r="J109" s="23"/>
       <c r="K109" s="23"/>
       <c r="L109" s="23"/>
       <c r="M109" s="23"/>
       <c r="N109" s="23"/>
       <c r="O109" s="23"/>
       <c r="P109" s="23"/>
       <c r="Q109" s="23"/>
       <c r="R109" s="23"/>
       <c r="S109" s="23"/>
       <c r="T109" s="23"/>
       <c r="U109" s="23"/>
       <c r="V109" s="23"/>
       <c r="W109" s="23"/>
       <c r="X109" s="23"/>
       <c r="Y109" s="23"/>
     </row>
     <row r="110">
       <c r="A110" s="29"/>
       <c r="B110" s="29"/>
       <c r="C110" s="46" t="s">
-        <v>181</v>
+        <v>153</v>
       </c>
       <c r="D110" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E110" s="23"/>
       <c r="F110" s="23"/>
       <c r="G110" s="23"/>
       <c r="H110" s="23"/>
       <c r="I110" s="23"/>
       <c r="J110" s="23"/>
       <c r="K110" s="23"/>
       <c r="L110" s="23"/>
       <c r="M110" s="23"/>
       <c r="N110" s="23"/>
       <c r="O110" s="23"/>
       <c r="P110" s="23"/>
       <c r="Q110" s="23"/>
       <c r="R110" s="23"/>
       <c r="S110" s="23"/>
       <c r="T110" s="23"/>
       <c r="U110" s="23"/>
       <c r="V110" s="23"/>
       <c r="W110" s="23"/>
       <c r="X110" s="23"/>
       <c r="Y110" s="23"/>
     </row>
     <row r="111">
       <c r="A111" s="29"/>
       <c r="B111" s="29"/>
-      <c r="C111" s="28" t="s">
-        <v>182</v>
+      <c r="C111" s="46" t="s">
+        <v>183</v>
       </c>
       <c r="D111" s="24" t="s">
-        <v>168</v>
+        <v>11</v>
       </c>
       <c r="E111" s="23"/>
       <c r="F111" s="23"/>
       <c r="G111" s="23"/>
       <c r="H111" s="23"/>
       <c r="I111" s="23"/>
       <c r="J111" s="23"/>
       <c r="K111" s="23"/>
       <c r="L111" s="23"/>
       <c r="M111" s="23"/>
       <c r="N111" s="23"/>
       <c r="O111" s="23"/>
       <c r="P111" s="23"/>
       <c r="Q111" s="23"/>
       <c r="R111" s="23"/>
       <c r="S111" s="23"/>
       <c r="T111" s="23"/>
       <c r="U111" s="23"/>
       <c r="V111" s="23"/>
       <c r="W111" s="23"/>
       <c r="X111" s="23"/>
       <c r="Y111" s="23"/>
     </row>
     <row r="112">
       <c r="A112" s="29"/>
       <c r="B112" s="29"/>
       <c r="C112" s="28" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>184</v>
+      </c>
+      <c r="D112" s="24" t="s">
+        <v>170</v>
       </c>
       <c r="E112" s="23"/>
       <c r="F112" s="23"/>
       <c r="G112" s="23"/>
       <c r="H112" s="23"/>
       <c r="I112" s="23"/>
       <c r="J112" s="23"/>
       <c r="K112" s="23"/>
       <c r="L112" s="23"/>
       <c r="M112" s="23"/>
       <c r="N112" s="23"/>
       <c r="O112" s="23"/>
       <c r="P112" s="23"/>
       <c r="Q112" s="23"/>
       <c r="R112" s="23"/>
       <c r="S112" s="23"/>
       <c r="T112" s="23"/>
       <c r="U112" s="23"/>
       <c r="V112" s="23"/>
       <c r="W112" s="23"/>
       <c r="X112" s="23"/>
       <c r="Y112" s="23"/>
     </row>
     <row r="113">
       <c r="A113" s="29"/>
       <c r="B113" s="29"/>
       <c r="C113" s="28" t="s">
-        <v>6</v>
+        <v>107</v>
       </c>
       <c r="D113" s="22" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E113" s="23"/>
       <c r="F113" s="23"/>
       <c r="G113" s="23"/>
       <c r="H113" s="23"/>
       <c r="I113" s="23"/>
       <c r="J113" s="23"/>
       <c r="K113" s="23"/>
       <c r="L113" s="23"/>
       <c r="M113" s="23"/>
       <c r="N113" s="23"/>
       <c r="O113" s="23"/>
       <c r="P113" s="23"/>
       <c r="Q113" s="23"/>
       <c r="R113" s="23"/>
       <c r="S113" s="23"/>
       <c r="T113" s="23"/>
       <c r="U113" s="23"/>
       <c r="V113" s="23"/>
       <c r="W113" s="23"/>
       <c r="X113" s="23"/>
       <c r="Y113" s="23"/>
     </row>
     <row r="114">
       <c r="A114" s="29"/>
       <c r="B114" s="29"/>
       <c r="C114" s="28" t="s">
-        <v>171</v>
+        <v>6</v>
       </c>
       <c r="D114" s="22" t="s">
         <v>172</v>
       </c>
       <c r="E114" s="23"/>
       <c r="F114" s="23"/>
       <c r="G114" s="23"/>
       <c r="H114" s="23"/>
       <c r="I114" s="23"/>
       <c r="J114" s="23"/>
       <c r="K114" s="23"/>
       <c r="L114" s="23"/>
       <c r="M114" s="23"/>
       <c r="N114" s="23"/>
       <c r="O114" s="23"/>
       <c r="P114" s="23"/>
       <c r="Q114" s="23"/>
       <c r="R114" s="23"/>
       <c r="S114" s="23"/>
       <c r="T114" s="23"/>
       <c r="U114" s="23"/>
       <c r="V114" s="23"/>
       <c r="W114" s="23"/>
       <c r="X114" s="23"/>
       <c r="Y114" s="23"/>
     </row>
     <row r="115">
-      <c r="A115" s="51">
-[...9 lines deleted...]
-        <v>11</v>
+      <c r="A115" s="29"/>
+      <c r="B115" s="29"/>
+      <c r="C115" s="28" t="s">
+        <v>173</v>
+      </c>
+      <c r="D115" s="22" t="s">
+        <v>174</v>
       </c>
       <c r="E115" s="23"/>
       <c r="F115" s="23"/>
       <c r="G115" s="23"/>
       <c r="H115" s="23"/>
       <c r="I115" s="23"/>
       <c r="J115" s="23"/>
       <c r="K115" s="23"/>
       <c r="L115" s="23"/>
       <c r="M115" s="23"/>
       <c r="N115" s="23"/>
       <c r="O115" s="23"/>
       <c r="P115" s="23"/>
       <c r="Q115" s="23"/>
       <c r="R115" s="23"/>
       <c r="S115" s="23"/>
       <c r="T115" s="23"/>
       <c r="U115" s="23"/>
       <c r="V115" s="23"/>
       <c r="W115" s="23"/>
       <c r="X115" s="23"/>
       <c r="Y115" s="23"/>
     </row>
     <row r="116">
       <c r="A116" s="51">
-        <v>6.04770022E8</v>
-[...1 lines deleted...]
-      <c r="B116" s="55" t="s">
+        <v>6.04770014E8</v>
+      </c>
+      <c r="B116" s="20" t="s">
         <v>185</v>
       </c>
-      <c r="C116" s="52" t="s">
+      <c r="C116" s="56" t="s">
         <v>186</v>
       </c>
       <c r="D116" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E116" s="23"/>
       <c r="F116" s="23"/>
       <c r="G116" s="23"/>
       <c r="H116" s="23"/>
       <c r="I116" s="23"/>
       <c r="J116" s="23"/>
       <c r="K116" s="23"/>
       <c r="L116" s="23"/>
       <c r="M116" s="23"/>
       <c r="N116" s="23"/>
       <c r="O116" s="23"/>
       <c r="P116" s="23"/>
       <c r="Q116" s="23"/>
       <c r="R116" s="23"/>
       <c r="S116" s="23"/>
       <c r="T116" s="23"/>
       <c r="U116" s="23"/>
       <c r="V116" s="23"/>
       <c r="W116" s="23"/>
       <c r="X116" s="23"/>
       <c r="Y116" s="23"/>
     </row>
     <row r="117">
-      <c r="A117" s="19" t="s">
+      <c r="A117" s="51">
+        <v>6.04770022E8</v>
+      </c>
+      <c r="B117" s="59" t="s">
         <v>187</v>
       </c>
-      <c r="B117" s="20" t="s">
+      <c r="C117" s="56" t="s">
         <v>188</v>
       </c>
-      <c r="C117" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D117" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E117" s="23"/>
       <c r="F117" s="23"/>
       <c r="G117" s="23"/>
       <c r="H117" s="23"/>
       <c r="I117" s="23"/>
       <c r="J117" s="23"/>
       <c r="K117" s="23"/>
       <c r="L117" s="23"/>
       <c r="M117" s="23"/>
       <c r="N117" s="23"/>
       <c r="O117" s="23"/>
       <c r="P117" s="23"/>
       <c r="Q117" s="23"/>
       <c r="R117" s="23"/>
       <c r="S117" s="23"/>
       <c r="T117" s="23"/>
       <c r="U117" s="23"/>
       <c r="V117" s="23"/>
       <c r="W117" s="23"/>
       <c r="X117" s="23"/>
       <c r="Y117" s="23"/>
     </row>
     <row r="118">
-      <c r="A118" s="44">
-[...2 lines deleted...]
-      <c r="B118" s="32" t="s">
+      <c r="A118" s="19" t="s">
         <v>189</v>
       </c>
+      <c r="B118" s="20" t="s">
+        <v>190</v>
+      </c>
       <c r="C118" s="21" t="s">
-        <v>190</v>
+        <v>96</v>
       </c>
       <c r="D118" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E118" s="23"/>
       <c r="F118" s="23"/>
       <c r="G118" s="23"/>
       <c r="H118" s="23"/>
       <c r="I118" s="23"/>
       <c r="J118" s="23"/>
       <c r="K118" s="23"/>
       <c r="L118" s="23"/>
       <c r="M118" s="23"/>
       <c r="N118" s="23"/>
       <c r="O118" s="23"/>
       <c r="P118" s="23"/>
       <c r="Q118" s="23"/>
       <c r="R118" s="23"/>
       <c r="S118" s="23"/>
       <c r="T118" s="23"/>
       <c r="U118" s="23"/>
       <c r="V118" s="23"/>
       <c r="W118" s="23"/>
       <c r="X118" s="23"/>
       <c r="Y118" s="23"/>
     </row>
     <row r="119">
-      <c r="A119" s="56">
+      <c r="A119" s="44">
+        <v>6.0412001E8</v>
+      </c>
+      <c r="B119" s="32" t="s">
+        <v>191</v>
+      </c>
+      <c r="C119" s="21" t="s">
+        <v>192</v>
+      </c>
+      <c r="D119" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E119" s="23"/>
+      <c r="F119" s="23"/>
+      <c r="G119" s="23"/>
+      <c r="H119" s="23"/>
+      <c r="I119" s="23"/>
+      <c r="J119" s="23"/>
+      <c r="K119" s="23"/>
+      <c r="L119" s="23"/>
+      <c r="M119" s="23"/>
+      <c r="N119" s="23"/>
+      <c r="O119" s="23"/>
+      <c r="P119" s="23"/>
+      <c r="Q119" s="23"/>
+      <c r="R119" s="23"/>
+      <c r="S119" s="23"/>
+      <c r="T119" s="23"/>
+      <c r="U119" s="23"/>
+      <c r="V119" s="23"/>
+      <c r="W119" s="23"/>
+      <c r="X119" s="23"/>
+      <c r="Y119" s="23"/>
+    </row>
+    <row r="120">
+      <c r="A120" s="60">
         <v>6.04320221E8</v>
       </c>
-      <c r="B119" s="57" t="s">
-[...5 lines deleted...]
-      <c r="D119" s="22" t="s">
+      <c r="B120" s="61" t="s">
+        <v>193</v>
+      </c>
+      <c r="C120" s="25" t="s">
+        <v>194</v>
+      </c>
+      <c r="D120" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="E119" s="58"/>
-[...22 lines deleted...]
-      <c r="A120" s="56">
+      <c r="E120" s="62"/>
+      <c r="F120" s="62"/>
+      <c r="G120" s="62"/>
+      <c r="H120" s="62"/>
+      <c r="I120" s="62"/>
+      <c r="J120" s="62"/>
+      <c r="K120" s="62"/>
+      <c r="L120" s="62"/>
+      <c r="M120" s="62"/>
+      <c r="N120" s="62"/>
+      <c r="O120" s="62"/>
+      <c r="P120" s="62"/>
+      <c r="Q120" s="62"/>
+      <c r="R120" s="62"/>
+      <c r="S120" s="62"/>
+      <c r="T120" s="62"/>
+      <c r="U120" s="62"/>
+      <c r="V120" s="62"/>
+      <c r="W120" s="62"/>
+      <c r="X120" s="62"/>
+      <c r="Y120" s="62"/>
+    </row>
+    <row r="121">
+      <c r="A121" s="60">
         <v>4.201060135E9</v>
       </c>
-      <c r="B120" s="57" t="s">
-[...2 lines deleted...]
-      <c r="C120" s="25" t="s">
+      <c r="B121" s="61" t="s">
+        <v>195</v>
+      </c>
+      <c r="C121" s="25" t="s">
         <v>38</v>
       </c>
-      <c r="D120" s="24" t="s">
+      <c r="D121" s="24" t="s">
         <v>7</v>
-      </c>
-[...33 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E121" s="23"/>
       <c r="F121" s="23"/>
       <c r="G121" s="23"/>
       <c r="H121" s="23"/>
       <c r="I121" s="23"/>
       <c r="J121" s="23"/>
       <c r="K121" s="23"/>
       <c r="L121" s="23"/>
       <c r="M121" s="23"/>
       <c r="N121" s="23"/>
       <c r="O121" s="23"/>
       <c r="P121" s="23"/>
       <c r="Q121" s="23"/>
       <c r="R121" s="23"/>
       <c r="S121" s="23"/>
       <c r="T121" s="23"/>
       <c r="U121" s="23"/>
       <c r="V121" s="23"/>
       <c r="W121" s="23"/>
       <c r="X121" s="23"/>
       <c r="Y121" s="23"/>
     </row>
     <row r="122">
       <c r="A122" s="51">
-        <v>6.04710011E8</v>
+        <v>6.04180012E8</v>
       </c>
       <c r="B122" s="20" t="s">
         <v>196</v>
       </c>
       <c r="C122" s="21" t="s">
         <v>197</v>
       </c>
       <c r="D122" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E122" s="23"/>
       <c r="F122" s="23"/>
       <c r="G122" s="23"/>
       <c r="H122" s="23"/>
       <c r="I122" s="23"/>
       <c r="J122" s="23"/>
       <c r="K122" s="23"/>
       <c r="L122" s="23"/>
       <c r="M122" s="23"/>
       <c r="N122" s="23"/>
       <c r="O122" s="23"/>
       <c r="P122" s="23"/>
       <c r="Q122" s="23"/>
       <c r="R122" s="23"/>
       <c r="S122" s="23"/>
       <c r="T122" s="23"/>
       <c r="U122" s="23"/>
       <c r="V122" s="23"/>
       <c r="W122" s="23"/>
       <c r="X122" s="23"/>
       <c r="Y122" s="23"/>
     </row>
     <row r="123">
       <c r="A123" s="51">
-        <v>6.0471002E8</v>
+        <v>6.04710011E8</v>
       </c>
       <c r="B123" s="20" t="s">
         <v>198</v>
       </c>
       <c r="C123" s="21" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D123" s="24" t="s">
         <v>7</v>
       </c>
       <c r="E123" s="23"/>
       <c r="F123" s="23"/>
       <c r="G123" s="23"/>
       <c r="H123" s="23"/>
       <c r="I123" s="23"/>
       <c r="J123" s="23"/>
       <c r="K123" s="23"/>
       <c r="L123" s="23"/>
       <c r="M123" s="23"/>
       <c r="N123" s="23"/>
       <c r="O123" s="23"/>
       <c r="P123" s="23"/>
       <c r="Q123" s="23"/>
       <c r="R123" s="23"/>
       <c r="S123" s="23"/>
       <c r="T123" s="23"/>
       <c r="U123" s="23"/>
       <c r="V123" s="23"/>
       <c r="W123" s="23"/>
       <c r="X123" s="23"/>
       <c r="Y123" s="23"/>
     </row>
     <row r="124">
       <c r="A124" s="51">
-        <v>6.04330022E8</v>
+        <v>6.0471002E8</v>
       </c>
       <c r="B124" s="20" t="s">
+        <v>200</v>
+      </c>
+      <c r="C124" s="21" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="D124" s="24" t="s">
         <v>7</v>
       </c>
       <c r="E124" s="23"/>
       <c r="F124" s="23"/>
       <c r="G124" s="23"/>
       <c r="H124" s="23"/>
       <c r="I124" s="23"/>
       <c r="J124" s="23"/>
       <c r="K124" s="23"/>
       <c r="L124" s="23"/>
       <c r="M124" s="23"/>
       <c r="N124" s="23"/>
       <c r="O124" s="23"/>
       <c r="P124" s="23"/>
       <c r="Q124" s="23"/>
       <c r="R124" s="23"/>
       <c r="S124" s="23"/>
       <c r="T124" s="23"/>
       <c r="U124" s="23"/>
       <c r="V124" s="23"/>
       <c r="W124" s="23"/>
       <c r="X124" s="23"/>
       <c r="Y124" s="23"/>
     </row>
     <row r="125">
-      <c r="A125" s="44">
-[...2 lines deleted...]
-      <c r="B125" s="32" t="s">
+      <c r="A125" s="51">
+        <v>6.04330022E8</v>
+      </c>
+      <c r="B125" s="20" t="s">
         <v>201</v>
       </c>
       <c r="C125" s="21" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>202</v>
+      </c>
+      <c r="D125" s="24" t="s">
+        <v>7</v>
       </c>
       <c r="E125" s="23"/>
       <c r="F125" s="23"/>
       <c r="G125" s="23"/>
       <c r="H125" s="23"/>
       <c r="I125" s="23"/>
       <c r="J125" s="23"/>
       <c r="K125" s="23"/>
       <c r="L125" s="23"/>
       <c r="M125" s="23"/>
       <c r="N125" s="23"/>
       <c r="O125" s="23"/>
       <c r="P125" s="23"/>
       <c r="Q125" s="23"/>
       <c r="R125" s="23"/>
       <c r="S125" s="23"/>
       <c r="T125" s="23"/>
       <c r="U125" s="23"/>
       <c r="V125" s="23"/>
       <c r="W125" s="23"/>
       <c r="X125" s="23"/>
       <c r="Y125" s="23"/>
     </row>
     <row r="126">
-      <c r="A126" s="29"/>
-      <c r="B126" s="7"/>
+      <c r="A126" s="44">
+        <v>6.04080018E8</v>
+      </c>
+      <c r="B126" s="32" t="s">
+        <v>203</v>
+      </c>
       <c r="C126" s="21" t="s">
-        <v>202</v>
+        <v>6</v>
       </c>
       <c r="D126" s="22" t="s">
         <v>172</v>
       </c>
       <c r="E126" s="23"/>
       <c r="F126" s="23"/>
       <c r="G126" s="23"/>
       <c r="H126" s="23"/>
       <c r="I126" s="23"/>
       <c r="J126" s="23"/>
       <c r="K126" s="23"/>
       <c r="L126" s="23"/>
       <c r="M126" s="23"/>
       <c r="N126" s="23"/>
       <c r="O126" s="23"/>
       <c r="P126" s="23"/>
       <c r="Q126" s="23"/>
       <c r="R126" s="23"/>
       <c r="S126" s="23"/>
       <c r="T126" s="23"/>
       <c r="U126" s="23"/>
       <c r="V126" s="23"/>
       <c r="W126" s="23"/>
       <c r="X126" s="23"/>
       <c r="Y126" s="23"/>
     </row>
     <row r="127">
-      <c r="A127" s="31"/>
-      <c r="B127" s="11"/>
+      <c r="A127" s="29"/>
+      <c r="B127" s="7"/>
       <c r="C127" s="21" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>204</v>
+      </c>
+      <c r="D127" s="22" t="s">
+        <v>174</v>
       </c>
       <c r="E127" s="23"/>
       <c r="F127" s="23"/>
       <c r="G127" s="23"/>
       <c r="H127" s="23"/>
       <c r="I127" s="23"/>
       <c r="J127" s="23"/>
       <c r="K127" s="23"/>
       <c r="L127" s="23"/>
       <c r="M127" s="23"/>
       <c r="N127" s="23"/>
       <c r="O127" s="23"/>
       <c r="P127" s="23"/>
       <c r="Q127" s="23"/>
       <c r="R127" s="23"/>
       <c r="S127" s="23"/>
       <c r="T127" s="23"/>
       <c r="U127" s="23"/>
       <c r="V127" s="23"/>
       <c r="W127" s="23"/>
       <c r="X127" s="23"/>
       <c r="Y127" s="23"/>
     </row>
     <row r="128">
-      <c r="A128" s="19">
-[...4 lines deleted...]
-      </c>
+      <c r="A128" s="31"/>
+      <c r="B128" s="11"/>
       <c r="C128" s="21" t="s">
         <v>205</v>
       </c>
       <c r="D128" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E128" s="23"/>
       <c r="F128" s="23"/>
       <c r="G128" s="23"/>
       <c r="H128" s="23"/>
       <c r="I128" s="23"/>
       <c r="J128" s="23"/>
       <c r="K128" s="23"/>
       <c r="L128" s="23"/>
       <c r="M128" s="23"/>
       <c r="N128" s="23"/>
       <c r="O128" s="23"/>
       <c r="P128" s="23"/>
       <c r="Q128" s="23"/>
       <c r="R128" s="23"/>
       <c r="S128" s="23"/>
       <c r="T128" s="23"/>
       <c r="U128" s="23"/>
       <c r="V128" s="23"/>
       <c r="W128" s="23"/>
       <c r="X128" s="23"/>
       <c r="Y128" s="23"/>
     </row>
     <row r="129">
       <c r="A129" s="19">
-        <v>6.04230079E8</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>6.04230087E8</v>
+      </c>
+      <c r="B129" s="63" t="s">
+        <v>206</v>
       </c>
       <c r="C129" s="21" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D129" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E129" s="23"/>
       <c r="F129" s="23"/>
       <c r="G129" s="23"/>
       <c r="H129" s="23"/>
       <c r="I129" s="23"/>
       <c r="J129" s="23"/>
       <c r="K129" s="23"/>
       <c r="L129" s="23"/>
       <c r="M129" s="23"/>
       <c r="N129" s="23"/>
       <c r="O129" s="23"/>
       <c r="P129" s="23"/>
       <c r="Q129" s="23"/>
       <c r="R129" s="23"/>
       <c r="S129" s="23"/>
       <c r="T129" s="23"/>
       <c r="U129" s="23"/>
       <c r="V129" s="23"/>
       <c r="W129" s="23"/>
       <c r="X129" s="23"/>
       <c r="Y129" s="23"/>
     </row>
     <row r="130">
-      <c r="A130" s="51">
-[...2 lines deleted...]
-      <c r="B130" s="59" t="s">
+      <c r="A130" s="19">
+        <v>6.04230079E8</v>
+      </c>
+      <c r="B130" s="63" t="s">
         <v>206</v>
       </c>
       <c r="C130" s="21" t="s">
         <v>207</v>
       </c>
       <c r="D130" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E130" s="23"/>
       <c r="F130" s="23"/>
       <c r="G130" s="23"/>
       <c r="H130" s="23"/>
       <c r="I130" s="23"/>
       <c r="J130" s="23"/>
       <c r="K130" s="23"/>
       <c r="L130" s="23"/>
       <c r="M130" s="23"/>
       <c r="N130" s="23"/>
       <c r="O130" s="23"/>
       <c r="P130" s="23"/>
       <c r="Q130" s="23"/>
       <c r="R130" s="23"/>
       <c r="S130" s="23"/>
       <c r="T130" s="23"/>
       <c r="U130" s="23"/>
       <c r="V130" s="23"/>
       <c r="W130" s="23"/>
       <c r="X130" s="23"/>
       <c r="Y130" s="23"/>
     </row>
     <row r="131">
       <c r="A131" s="51">
-        <v>6.04050011E8</v>
-[...1 lines deleted...]
-      <c r="B131" s="59" t="s">
+        <v>6.04050038E8</v>
+      </c>
+      <c r="B131" s="63" t="s">
         <v>208</v>
       </c>
       <c r="C131" s="21" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D131" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E131" s="23"/>
       <c r="F131" s="23"/>
       <c r="G131" s="23"/>
       <c r="H131" s="23"/>
       <c r="I131" s="23"/>
       <c r="J131" s="23"/>
       <c r="K131" s="23"/>
       <c r="L131" s="23"/>
       <c r="M131" s="23"/>
       <c r="N131" s="23"/>
       <c r="O131" s="23"/>
       <c r="P131" s="23"/>
       <c r="Q131" s="23"/>
       <c r="R131" s="23"/>
       <c r="S131" s="23"/>
       <c r="T131" s="23"/>
       <c r="U131" s="23"/>
       <c r="V131" s="23"/>
       <c r="W131" s="23"/>
       <c r="X131" s="23"/>
       <c r="Y131" s="23"/>
     </row>
     <row r="132">
       <c r="A132" s="51">
-        <v>6.04060025E8</v>
-[...1 lines deleted...]
-      <c r="B132" s="20" t="s">
+        <v>6.04050011E8</v>
+      </c>
+      <c r="B132" s="63" t="s">
+        <v>210</v>
+      </c>
+      <c r="C132" s="21" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="D132" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E132" s="23"/>
       <c r="F132" s="23"/>
       <c r="G132" s="23"/>
       <c r="H132" s="23"/>
       <c r="I132" s="23"/>
       <c r="J132" s="23"/>
       <c r="K132" s="23"/>
       <c r="L132" s="23"/>
       <c r="M132" s="23"/>
       <c r="N132" s="23"/>
       <c r="O132" s="23"/>
       <c r="P132" s="23"/>
       <c r="Q132" s="23"/>
       <c r="R132" s="23"/>
       <c r="S132" s="23"/>
       <c r="T132" s="23"/>
       <c r="U132" s="23"/>
       <c r="V132" s="23"/>
       <c r="W132" s="23"/>
       <c r="X132" s="23"/>
       <c r="Y132" s="23"/>
     </row>
     <row r="133">
       <c r="A133" s="51">
         <v>6.04060025E8</v>
       </c>
       <c r="B133" s="20" t="s">
         <v>211</v>
       </c>
       <c r="C133" s="21" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="D133" s="60" t="s">
+        <v>212</v>
+      </c>
+      <c r="D133" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E133" s="23"/>
       <c r="F133" s="23"/>
       <c r="G133" s="23"/>
       <c r="H133" s="23"/>
       <c r="I133" s="23"/>
       <c r="J133" s="23"/>
       <c r="K133" s="23"/>
       <c r="L133" s="23"/>
       <c r="M133" s="23"/>
       <c r="N133" s="23"/>
       <c r="O133" s="23"/>
       <c r="P133" s="23"/>
       <c r="Q133" s="23"/>
       <c r="R133" s="23"/>
       <c r="S133" s="23"/>
       <c r="T133" s="23"/>
       <c r="U133" s="23"/>
       <c r="V133" s="23"/>
       <c r="W133" s="23"/>
       <c r="X133" s="23"/>
       <c r="Y133" s="23"/>
     </row>
     <row r="134">
       <c r="A134" s="51">
-        <v>6.04060017E8</v>
+        <v>6.04060025E8</v>
       </c>
       <c r="B134" s="20" t="s">
+        <v>213</v>
+      </c>
+      <c r="C134" s="21" t="s">
         <v>212</v>
       </c>
-      <c r="C134" s="21" t="s">
-[...2 lines deleted...]
-      <c r="D134" s="24" t="s">
+      <c r="D134" s="64" t="s">
         <v>11</v>
       </c>
       <c r="E134" s="23"/>
       <c r="F134" s="23"/>
       <c r="G134" s="23"/>
       <c r="H134" s="23"/>
       <c r="I134" s="23"/>
       <c r="J134" s="23"/>
       <c r="K134" s="23"/>
       <c r="L134" s="23"/>
       <c r="M134" s="23"/>
       <c r="N134" s="23"/>
       <c r="O134" s="23"/>
       <c r="P134" s="23"/>
       <c r="Q134" s="23"/>
       <c r="R134" s="23"/>
       <c r="S134" s="23"/>
       <c r="T134" s="23"/>
       <c r="U134" s="23"/>
       <c r="V134" s="23"/>
       <c r="W134" s="23"/>
       <c r="X134" s="23"/>
       <c r="Y134" s="23"/>
     </row>
     <row r="135">
-      <c r="A135" s="44">
-[...3 lines deleted...]
-        <v>213</v>
+      <c r="A135" s="51">
+        <v>6.04060017E8</v>
+      </c>
+      <c r="B135" s="20" t="s">
+        <v>214</v>
       </c>
       <c r="C135" s="21" t="s">
-        <v>102</v>
+        <v>212</v>
       </c>
       <c r="D135" s="24" t="s">
-        <v>214</v>
+        <v>11</v>
       </c>
       <c r="E135" s="23"/>
       <c r="F135" s="23"/>
       <c r="G135" s="23"/>
       <c r="H135" s="23"/>
       <c r="I135" s="23"/>
       <c r="J135" s="23"/>
       <c r="K135" s="23"/>
       <c r="L135" s="23"/>
       <c r="M135" s="23"/>
       <c r="N135" s="23"/>
       <c r="O135" s="23"/>
       <c r="P135" s="23"/>
       <c r="Q135" s="23"/>
       <c r="R135" s="23"/>
       <c r="S135" s="23"/>
       <c r="T135" s="23"/>
       <c r="U135" s="23"/>
       <c r="V135" s="23"/>
       <c r="W135" s="23"/>
       <c r="X135" s="23"/>
       <c r="Y135" s="23"/>
     </row>
     <row r="136">
-      <c r="A136" s="29"/>
-      <c r="B136" s="7"/>
+      <c r="A136" s="44">
+        <v>6.04140029E8</v>
+      </c>
+      <c r="B136" s="32" t="s">
+        <v>215</v>
+      </c>
       <c r="C136" s="21" t="s">
-        <v>215</v>
+        <v>102</v>
       </c>
       <c r="D136" s="24" t="s">
-        <v>7</v>
+        <v>216</v>
       </c>
       <c r="E136" s="23"/>
       <c r="F136" s="23"/>
       <c r="G136" s="23"/>
       <c r="H136" s="23"/>
       <c r="I136" s="23"/>
       <c r="J136" s="23"/>
       <c r="K136" s="23"/>
       <c r="L136" s="23"/>
       <c r="M136" s="23"/>
       <c r="N136" s="23"/>
       <c r="O136" s="23"/>
       <c r="P136" s="23"/>
       <c r="Q136" s="23"/>
       <c r="R136" s="23"/>
       <c r="S136" s="23"/>
       <c r="T136" s="23"/>
       <c r="U136" s="23"/>
       <c r="V136" s="23"/>
       <c r="W136" s="23"/>
       <c r="X136" s="23"/>
       <c r="Y136" s="23"/>
     </row>
     <row r="137">
       <c r="A137" s="29"/>
       <c r="B137" s="7"/>
       <c r="C137" s="21" t="s">
-        <v>203</v>
+        <v>217</v>
       </c>
       <c r="D137" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E137" s="23"/>
       <c r="F137" s="23"/>
       <c r="G137" s="23"/>
       <c r="H137" s="23"/>
       <c r="I137" s="23"/>
       <c r="J137" s="23"/>
       <c r="K137" s="23"/>
       <c r="L137" s="23"/>
       <c r="M137" s="23"/>
       <c r="N137" s="23"/>
       <c r="O137" s="23"/>
       <c r="P137" s="23"/>
       <c r="Q137" s="23"/>
       <c r="R137" s="23"/>
       <c r="S137" s="23"/>
       <c r="T137" s="23"/>
       <c r="U137" s="23"/>
       <c r="V137" s="23"/>
       <c r="W137" s="23"/>
       <c r="X137" s="23"/>
       <c r="Y137" s="23"/>
     </row>
     <row r="138">
-      <c r="A138" s="19" t="s">
-[...9 lines deleted...]
-        <v>219</v>
+      <c r="A138" s="29"/>
+      <c r="B138" s="7"/>
+      <c r="C138" s="21" t="s">
+        <v>205</v>
+      </c>
+      <c r="D138" s="24" t="s">
+        <v>11</v>
       </c>
       <c r="E138" s="23"/>
       <c r="F138" s="23"/>
       <c r="G138" s="23"/>
       <c r="H138" s="23"/>
       <c r="I138" s="23"/>
       <c r="J138" s="23"/>
       <c r="K138" s="23"/>
       <c r="L138" s="23"/>
       <c r="M138" s="23"/>
       <c r="N138" s="23"/>
       <c r="O138" s="23"/>
       <c r="P138" s="23"/>
       <c r="Q138" s="23"/>
       <c r="R138" s="23"/>
       <c r="S138" s="23"/>
       <c r="T138" s="23"/>
       <c r="U138" s="23"/>
       <c r="V138" s="23"/>
       <c r="W138" s="23"/>
       <c r="X138" s="23"/>
       <c r="Y138" s="23"/>
     </row>
     <row r="139">
-      <c r="A139" s="51">
-[...2 lines deleted...]
-      <c r="B139" s="20" t="s">
+      <c r="A139" s="19" t="s">
+        <v>218</v>
+      </c>
+      <c r="B139" s="65" t="s">
+        <v>219</v>
+      </c>
+      <c r="C139" s="66" t="s">
         <v>220</v>
       </c>
-      <c r="C139" s="21" t="s">
+      <c r="D139" s="36" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E139" s="23"/>
       <c r="F139" s="23"/>
       <c r="G139" s="23"/>
       <c r="H139" s="23"/>
       <c r="I139" s="23"/>
       <c r="J139" s="23"/>
       <c r="K139" s="23"/>
       <c r="L139" s="23"/>
       <c r="M139" s="23"/>
       <c r="N139" s="23"/>
       <c r="O139" s="23"/>
       <c r="P139" s="23"/>
       <c r="Q139" s="23"/>
       <c r="R139" s="23"/>
       <c r="S139" s="23"/>
       <c r="T139" s="23"/>
       <c r="U139" s="23"/>
       <c r="V139" s="23"/>
       <c r="W139" s="23"/>
       <c r="X139" s="23"/>
       <c r="Y139" s="23"/>
     </row>
     <row r="140">
-      <c r="A140" s="19" t="s">
+      <c r="A140" s="51">
+        <v>6.04020015E8</v>
+      </c>
+      <c r="B140" s="20" t="s">
         <v>222</v>
       </c>
-      <c r="B140" s="20" t="s">
+      <c r="C140" s="21" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="D140" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E140" s="23"/>
       <c r="F140" s="23"/>
       <c r="G140" s="23"/>
       <c r="H140" s="23"/>
       <c r="I140" s="23"/>
       <c r="J140" s="23"/>
       <c r="K140" s="23"/>
       <c r="L140" s="23"/>
       <c r="M140" s="23"/>
       <c r="N140" s="23"/>
       <c r="O140" s="23"/>
       <c r="P140" s="23"/>
       <c r="Q140" s="23"/>
       <c r="R140" s="23"/>
       <c r="S140" s="23"/>
       <c r="T140" s="23"/>
       <c r="U140" s="23"/>
       <c r="V140" s="23"/>
       <c r="W140" s="23"/>
       <c r="X140" s="23"/>
       <c r="Y140" s="23"/>
     </row>
     <row r="141">
-      <c r="A141" s="51">
-        <v>6.04020031E8</v>
+      <c r="A141" s="19" t="s">
+        <v>224</v>
       </c>
       <c r="B141" s="20" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C141" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D141" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E141" s="23"/>
       <c r="F141" s="23"/>
       <c r="G141" s="23"/>
       <c r="H141" s="23"/>
       <c r="I141" s="23"/>
       <c r="J141" s="23"/>
       <c r="K141" s="23"/>
       <c r="L141" s="23"/>
       <c r="M141" s="23"/>
       <c r="N141" s="23"/>
       <c r="O141" s="23"/>
       <c r="P141" s="23"/>
       <c r="Q141" s="23"/>
       <c r="R141" s="23"/>
       <c r="S141" s="23"/>
       <c r="T141" s="23"/>
       <c r="U141" s="23"/>
       <c r="V141" s="23"/>
       <c r="W141" s="23"/>
       <c r="X141" s="23"/>
       <c r="Y141" s="23"/>
     </row>
     <row r="142">
-      <c r="A142" s="19" t="s">
-        <v>225</v>
+      <c r="A142" s="51">
+        <v>6.04020031E8</v>
       </c>
       <c r="B142" s="20" t="s">
         <v>226</v>
       </c>
       <c r="C142" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D142" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E142" s="23"/>
       <c r="F142" s="23"/>
       <c r="G142" s="23"/>
       <c r="H142" s="23"/>
       <c r="I142" s="23"/>
       <c r="J142" s="23"/>
       <c r="K142" s="23"/>
       <c r="L142" s="23"/>
       <c r="M142" s="23"/>
       <c r="N142" s="23"/>
       <c r="O142" s="23"/>
       <c r="P142" s="23"/>
       <c r="Q142" s="23"/>
       <c r="R142" s="23"/>
       <c r="S142" s="23"/>
       <c r="T142" s="23"/>
       <c r="U142" s="23"/>
       <c r="V142" s="23"/>
       <c r="W142" s="23"/>
       <c r="X142" s="23"/>
       <c r="Y142" s="23"/>
     </row>
     <row r="143">
-      <c r="A143" s="44">
-[...2 lines deleted...]
-      <c r="B143" s="32" t="s">
+      <c r="A143" s="19" t="s">
         <v>227</v>
       </c>
-      <c r="C143" s="52" t="s">
+      <c r="B143" s="20" t="s">
         <v>228</v>
+      </c>
+      <c r="C143" s="21" t="s">
+        <v>223</v>
       </c>
       <c r="D143" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E143" s="23"/>
       <c r="F143" s="23"/>
       <c r="G143" s="23"/>
       <c r="H143" s="23"/>
       <c r="I143" s="23"/>
       <c r="J143" s="23"/>
       <c r="K143" s="23"/>
       <c r="L143" s="23"/>
       <c r="M143" s="23"/>
       <c r="N143" s="23"/>
       <c r="O143" s="23"/>
       <c r="P143" s="23"/>
       <c r="Q143" s="23"/>
       <c r="R143" s="23"/>
       <c r="S143" s="23"/>
       <c r="T143" s="23"/>
       <c r="U143" s="23"/>
       <c r="V143" s="23"/>
       <c r="W143" s="23"/>
       <c r="X143" s="23"/>
       <c r="Y143" s="23"/>
     </row>
     <row r="144">
-      <c r="A144" s="19" t="s">
+      <c r="A144" s="44">
+        <v>6.04020058E8</v>
+      </c>
+      <c r="B144" s="32" t="s">
         <v>229</v>
       </c>
-      <c r="B144" s="20" t="s">
+      <c r="C144" s="56" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="D144" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E144" s="23"/>
       <c r="F144" s="23"/>
       <c r="G144" s="23"/>
       <c r="H144" s="23"/>
       <c r="I144" s="23"/>
       <c r="J144" s="23"/>
       <c r="K144" s="23"/>
       <c r="L144" s="23"/>
       <c r="M144" s="23"/>
       <c r="N144" s="23"/>
       <c r="O144" s="23"/>
       <c r="P144" s="23"/>
       <c r="Q144" s="23"/>
       <c r="R144" s="23"/>
       <c r="S144" s="23"/>
       <c r="T144" s="23"/>
       <c r="U144" s="23"/>
       <c r="V144" s="23"/>
       <c r="W144" s="23"/>
       <c r="X144" s="23"/>
       <c r="Y144" s="23"/>
     </row>
     <row r="145">
-      <c r="A145" s="51">
-        <v>6.04100027E8</v>
+      <c r="A145" s="19" t="s">
+        <v>231</v>
       </c>
       <c r="B145" s="20" t="s">
         <v>232</v>
       </c>
       <c r="C145" s="21" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D145" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E145" s="23"/>
       <c r="F145" s="23"/>
       <c r="G145" s="23"/>
       <c r="H145" s="23"/>
       <c r="I145" s="23"/>
       <c r="J145" s="23"/>
       <c r="K145" s="23"/>
       <c r="L145" s="23"/>
       <c r="M145" s="23"/>
       <c r="N145" s="23"/>
       <c r="O145" s="23"/>
       <c r="P145" s="23"/>
       <c r="Q145" s="23"/>
       <c r="R145" s="23"/>
       <c r="S145" s="23"/>
       <c r="T145" s="23"/>
       <c r="U145" s="23"/>
       <c r="V145" s="23"/>
       <c r="W145" s="23"/>
       <c r="X145" s="23"/>
       <c r="Y145" s="23"/>
     </row>
     <row r="146">
-      <c r="A146" s="19" t="s">
-        <v>233</v>
+      <c r="A146" s="51">
+        <v>6.04100027E8</v>
       </c>
       <c r="B146" s="20" t="s">
         <v>234</v>
       </c>
       <c r="C146" s="21" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D146" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E146" s="23"/>
       <c r="F146" s="23"/>
       <c r="G146" s="23"/>
       <c r="H146" s="23"/>
       <c r="I146" s="23"/>
       <c r="J146" s="23"/>
       <c r="K146" s="23"/>
       <c r="L146" s="23"/>
       <c r="M146" s="23"/>
       <c r="N146" s="23"/>
       <c r="O146" s="23"/>
       <c r="P146" s="23"/>
       <c r="Q146" s="23"/>
       <c r="R146" s="23"/>
       <c r="S146" s="23"/>
       <c r="T146" s="23"/>
       <c r="U146" s="23"/>
       <c r="V146" s="23"/>
       <c r="W146" s="23"/>
       <c r="X146" s="23"/>
       <c r="Y146" s="23"/>
     </row>
     <row r="147">
-      <c r="A147" s="51">
-        <v>6.04130023E8</v>
+      <c r="A147" s="19" t="s">
+        <v>235</v>
       </c>
       <c r="B147" s="20" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C147" s="21" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D147" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E147" s="23"/>
       <c r="F147" s="23"/>
       <c r="G147" s="23"/>
       <c r="H147" s="23"/>
       <c r="I147" s="23"/>
       <c r="J147" s="23"/>
       <c r="K147" s="23"/>
       <c r="L147" s="23"/>
       <c r="M147" s="23"/>
       <c r="N147" s="23"/>
       <c r="O147" s="23"/>
       <c r="P147" s="23"/>
       <c r="Q147" s="23"/>
       <c r="R147" s="23"/>
       <c r="S147" s="23"/>
       <c r="T147" s="23"/>
       <c r="U147" s="23"/>
       <c r="V147" s="23"/>
       <c r="W147" s="23"/>
       <c r="X147" s="23"/>
       <c r="Y147" s="23"/>
     </row>
     <row r="148">
-      <c r="A148" s="19" t="s">
+      <c r="A148" s="51">
+        <v>6.04130023E8</v>
+      </c>
+      <c r="B148" s="20" t="s">
         <v>237</v>
       </c>
-      <c r="B148" s="20" t="s">
+      <c r="C148" s="21" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="D148" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E148" s="23"/>
       <c r="F148" s="23"/>
       <c r="G148" s="23"/>
       <c r="H148" s="23"/>
       <c r="I148" s="23"/>
       <c r="J148" s="23"/>
       <c r="K148" s="23"/>
       <c r="L148" s="23"/>
       <c r="M148" s="23"/>
       <c r="N148" s="23"/>
       <c r="O148" s="23"/>
       <c r="P148" s="23"/>
       <c r="Q148" s="23"/>
       <c r="R148" s="23"/>
       <c r="S148" s="23"/>
       <c r="T148" s="23"/>
       <c r="U148" s="23"/>
       <c r="V148" s="23"/>
       <c r="W148" s="23"/>
       <c r="X148" s="23"/>
       <c r="Y148" s="23"/>
     </row>
     <row r="149">
-      <c r="A149" s="51">
-        <v>6.04660022E8</v>
+      <c r="A149" s="19" t="s">
+        <v>239</v>
       </c>
       <c r="B149" s="20" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C149" s="21" t="s">
-        <v>129</v>
+        <v>238</v>
       </c>
       <c r="D149" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E149" s="23"/>
       <c r="F149" s="23"/>
       <c r="G149" s="23"/>
       <c r="H149" s="23"/>
       <c r="I149" s="23"/>
       <c r="J149" s="23"/>
       <c r="K149" s="23"/>
       <c r="L149" s="23"/>
       <c r="M149" s="23"/>
       <c r="N149" s="23"/>
       <c r="O149" s="23"/>
       <c r="P149" s="23"/>
       <c r="Q149" s="23"/>
       <c r="R149" s="23"/>
       <c r="S149" s="23"/>
       <c r="T149" s="23"/>
       <c r="U149" s="23"/>
       <c r="V149" s="23"/>
       <c r="W149" s="23"/>
       <c r="X149" s="23"/>
       <c r="Y149" s="23"/>
     </row>
     <row r="150">
-      <c r="A150" s="63">
-        <v>400032.0</v>
+      <c r="A150" s="51">
+        <v>6.04660022E8</v>
       </c>
       <c r="B150" s="20" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="C150" s="33" t="s">
         <v>241</v>
       </c>
-      <c r="D150" s="43" t="s">
-        <v>7</v>
+      <c r="C150" s="21" t="s">
+        <v>131</v>
+      </c>
+      <c r="D150" s="24" t="s">
+        <v>11</v>
       </c>
       <c r="E150" s="23"/>
       <c r="F150" s="23"/>
       <c r="G150" s="23"/>
       <c r="H150" s="23"/>
       <c r="I150" s="23"/>
       <c r="J150" s="23"/>
       <c r="K150" s="23"/>
       <c r="L150" s="23"/>
       <c r="M150" s="23"/>
       <c r="N150" s="23"/>
       <c r="O150" s="23"/>
       <c r="P150" s="23"/>
       <c r="Q150" s="23"/>
       <c r="R150" s="23"/>
       <c r="S150" s="23"/>
       <c r="T150" s="23"/>
       <c r="U150" s="23"/>
       <c r="V150" s="23"/>
       <c r="W150" s="23"/>
       <c r="X150" s="23"/>
       <c r="Y150" s="23"/>
     </row>
     <row r="151">
-      <c r="A151" s="51">
-        <v>6.04860021E8</v>
+      <c r="A151" s="67">
+        <v>400032.0</v>
       </c>
       <c r="B151" s="20" t="s">
         <v>242</v>
       </c>
-      <c r="C151" s="21" t="s">
+      <c r="C151" s="33" t="s">
         <v>243</v>
       </c>
-      <c r="D151" s="24" t="s">
-        <v>11</v>
+      <c r="D151" s="43" t="s">
+        <v>7</v>
       </c>
       <c r="E151" s="23"/>
       <c r="F151" s="23"/>
       <c r="G151" s="23"/>
       <c r="H151" s="23"/>
       <c r="I151" s="23"/>
       <c r="J151" s="23"/>
       <c r="K151" s="23"/>
       <c r="L151" s="23"/>
       <c r="M151" s="23"/>
       <c r="N151" s="23"/>
       <c r="O151" s="23"/>
       <c r="P151" s="23"/>
       <c r="Q151" s="23"/>
       <c r="R151" s="23"/>
       <c r="S151" s="23"/>
       <c r="T151" s="23"/>
       <c r="U151" s="23"/>
       <c r="V151" s="23"/>
       <c r="W151" s="23"/>
       <c r="X151" s="23"/>
       <c r="Y151" s="23"/>
     </row>
     <row r="152">
       <c r="A152" s="51">
-        <v>6.0486003E8</v>
+        <v>6.04860021E8</v>
       </c>
       <c r="B152" s="20" t="s">
         <v>244</v>
       </c>
       <c r="C152" s="21" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D152" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E152" s="23"/>
       <c r="F152" s="23"/>
       <c r="G152" s="23"/>
       <c r="H152" s="23"/>
       <c r="I152" s="23"/>
       <c r="J152" s="23"/>
       <c r="K152" s="23"/>
       <c r="L152" s="23"/>
       <c r="M152" s="23"/>
       <c r="N152" s="23"/>
       <c r="O152" s="23"/>
       <c r="P152" s="23"/>
       <c r="Q152" s="23"/>
       <c r="R152" s="23"/>
       <c r="S152" s="23"/>
       <c r="T152" s="23"/>
       <c r="U152" s="23"/>
       <c r="V152" s="23"/>
       <c r="W152" s="23"/>
       <c r="X152" s="23"/>
       <c r="Y152" s="23"/>
     </row>
     <row r="153">
-      <c r="A153" s="44">
-        <v>6.04250037E8</v>
+      <c r="A153" s="51">
+        <v>6.0486003E8</v>
       </c>
       <c r="B153" s="20" t="s">
+        <v>246</v>
+      </c>
+      <c r="C153" s="21" t="s">
         <v>245</v>
       </c>
-      <c r="C153" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D153" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E153" s="23"/>
       <c r="F153" s="23"/>
       <c r="G153" s="23"/>
       <c r="H153" s="23"/>
       <c r="I153" s="23"/>
       <c r="J153" s="23"/>
       <c r="K153" s="23"/>
       <c r="L153" s="23"/>
       <c r="M153" s="23"/>
       <c r="N153" s="23"/>
       <c r="O153" s="23"/>
       <c r="P153" s="23"/>
       <c r="Q153" s="23"/>
       <c r="R153" s="23"/>
       <c r="S153" s="23"/>
       <c r="T153" s="23"/>
       <c r="U153" s="23"/>
       <c r="V153" s="23"/>
       <c r="W153" s="23"/>
       <c r="X153" s="23"/>
       <c r="Y153" s="23"/>
     </row>
     <row r="154">
-      <c r="A154" s="31"/>
-[...2 lines deleted...]
-        <v>246</v>
+      <c r="A154" s="44">
+        <v>6.04250037E8</v>
+      </c>
+      <c r="B154" s="20" t="s">
+        <v>247</v>
+      </c>
+      <c r="C154" s="21" t="s">
+        <v>102</v>
       </c>
       <c r="D154" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E154" s="23"/>
       <c r="F154" s="23"/>
       <c r="G154" s="23"/>
       <c r="H154" s="23"/>
       <c r="I154" s="23"/>
       <c r="J154" s="23"/>
       <c r="K154" s="23"/>
       <c r="L154" s="23"/>
       <c r="M154" s="23"/>
       <c r="N154" s="23"/>
       <c r="O154" s="23"/>
       <c r="P154" s="23"/>
       <c r="Q154" s="23"/>
       <c r="R154" s="23"/>
       <c r="S154" s="23"/>
       <c r="T154" s="23"/>
       <c r="U154" s="23"/>
       <c r="V154" s="23"/>
       <c r="W154" s="23"/>
       <c r="X154" s="23"/>
       <c r="Y154" s="23"/>
     </row>
     <row r="155">
-      <c r="A155" s="44">
-[...6 lines deleted...]
-        <v>102</v>
+      <c r="A155" s="31"/>
+      <c r="B155" s="20"/>
+      <c r="C155" s="25" t="s">
+        <v>248</v>
       </c>
       <c r="D155" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E155" s="23"/>
       <c r="F155" s="23"/>
       <c r="G155" s="23"/>
       <c r="H155" s="23"/>
       <c r="I155" s="23"/>
       <c r="J155" s="23"/>
       <c r="K155" s="23"/>
       <c r="L155" s="23"/>
       <c r="M155" s="23"/>
       <c r="N155" s="23"/>
       <c r="O155" s="23"/>
       <c r="P155" s="23"/>
       <c r="Q155" s="23"/>
       <c r="R155" s="23"/>
       <c r="S155" s="23"/>
       <c r="T155" s="23"/>
       <c r="U155" s="23"/>
       <c r="V155" s="23"/>
       <c r="W155" s="23"/>
       <c r="X155" s="23"/>
       <c r="Y155" s="23"/>
     </row>
     <row r="156">
-      <c r="A156" s="31"/>
-[...2 lines deleted...]
-        <v>246</v>
+      <c r="A156" s="44">
+        <v>6.04250045E8</v>
+      </c>
+      <c r="B156" s="32" t="s">
+        <v>249</v>
+      </c>
+      <c r="C156" s="21" t="s">
+        <v>102</v>
       </c>
       <c r="D156" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E156" s="23"/>
       <c r="F156" s="23"/>
       <c r="G156" s="23"/>
       <c r="H156" s="23"/>
       <c r="I156" s="23"/>
       <c r="J156" s="23"/>
       <c r="K156" s="23"/>
       <c r="L156" s="23"/>
       <c r="M156" s="23"/>
       <c r="N156" s="23"/>
       <c r="O156" s="23"/>
       <c r="P156" s="23"/>
       <c r="Q156" s="23"/>
       <c r="R156" s="23"/>
       <c r="S156" s="23"/>
       <c r="T156" s="23"/>
       <c r="U156" s="23"/>
       <c r="V156" s="23"/>
       <c r="W156" s="23"/>
       <c r="X156" s="23"/>
       <c r="Y156" s="23"/>
     </row>
     <row r="157">
-      <c r="A157" s="51">
-[...2 lines deleted...]
-      <c r="B157" s="32" t="s">
+      <c r="A157" s="31"/>
+      <c r="B157" s="11"/>
+      <c r="C157" s="25" t="s">
         <v>248</v>
       </c>
-      <c r="C157" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D157" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E157" s="23"/>
       <c r="F157" s="23"/>
       <c r="G157" s="23"/>
       <c r="H157" s="23"/>
       <c r="I157" s="23"/>
       <c r="J157" s="23"/>
       <c r="K157" s="23"/>
       <c r="L157" s="23"/>
       <c r="M157" s="23"/>
       <c r="N157" s="23"/>
       <c r="O157" s="23"/>
       <c r="P157" s="23"/>
       <c r="Q157" s="23"/>
       <c r="R157" s="23"/>
       <c r="S157" s="23"/>
       <c r="T157" s="23"/>
       <c r="U157" s="23"/>
       <c r="V157" s="23"/>
       <c r="W157" s="23"/>
       <c r="X157" s="23"/>
       <c r="Y157" s="23"/>
     </row>
     <row r="158">
       <c r="A158" s="51">
-        <v>6.04800029E8</v>
-[...1 lines deleted...]
-      <c r="B158" s="64" t="s">
+        <v>6.0480001E8</v>
+      </c>
+      <c r="B158" s="32" t="s">
         <v>250</v>
       </c>
-      <c r="C158" s="65" t="s">
-        <v>249</v>
+      <c r="C158" s="21" t="s">
+        <v>251</v>
       </c>
       <c r="D158" s="24" t="s">
         <v>7</v>
       </c>
       <c r="E158" s="23"/>
       <c r="F158" s="23"/>
       <c r="G158" s="23"/>
       <c r="H158" s="23"/>
       <c r="I158" s="23"/>
       <c r="J158" s="23"/>
       <c r="K158" s="23"/>
       <c r="L158" s="23"/>
       <c r="M158" s="23"/>
       <c r="N158" s="23"/>
       <c r="O158" s="23"/>
       <c r="P158" s="23"/>
       <c r="Q158" s="23"/>
       <c r="R158" s="23"/>
       <c r="S158" s="23"/>
       <c r="T158" s="23"/>
       <c r="U158" s="23"/>
       <c r="V158" s="23"/>
       <c r="W158" s="23"/>
       <c r="X158" s="23"/>
       <c r="Y158" s="23"/>
     </row>
     <row r="159">
       <c r="A159" s="51">
-        <v>6.04490011E8</v>
-[...1 lines deleted...]
-      <c r="B159" s="59" t="s">
+        <v>6.04800029E8</v>
+      </c>
+      <c r="B159" s="68" t="s">
+        <v>252</v>
+      </c>
+      <c r="C159" s="69" t="s">
         <v>251</v>
       </c>
-      <c r="C159" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D159" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E159" s="23"/>
       <c r="F159" s="23"/>
       <c r="G159" s="23"/>
       <c r="H159" s="23"/>
       <c r="I159" s="23"/>
       <c r="J159" s="23"/>
       <c r="K159" s="23"/>
       <c r="L159" s="23"/>
       <c r="M159" s="23"/>
       <c r="N159" s="23"/>
       <c r="O159" s="23"/>
       <c r="P159" s="23"/>
       <c r="Q159" s="23"/>
       <c r="R159" s="23"/>
       <c r="S159" s="23"/>
       <c r="T159" s="23"/>
       <c r="U159" s="23"/>
       <c r="V159" s="23"/>
       <c r="W159" s="23"/>
       <c r="X159" s="23"/>
       <c r="Y159" s="23"/>
     </row>
     <row r="160">
-      <c r="A160" s="26" t="s">
-[...2 lines deleted...]
-      <c r="B160" s="30" t="s">
+      <c r="A160" s="51">
+        <v>6.04490011E8</v>
+      </c>
+      <c r="B160" s="63" t="s">
         <v>253</v>
       </c>
       <c r="C160" s="21" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>88</v>
+      </c>
+      <c r="D160" s="24" t="s">
+        <v>11</v>
       </c>
       <c r="E160" s="23"/>
       <c r="F160" s="23"/>
       <c r="G160" s="23"/>
       <c r="H160" s="23"/>
       <c r="I160" s="23"/>
       <c r="J160" s="23"/>
       <c r="K160" s="23"/>
       <c r="L160" s="23"/>
       <c r="M160" s="23"/>
       <c r="N160" s="23"/>
       <c r="O160" s="23"/>
       <c r="P160" s="23"/>
       <c r="Q160" s="23"/>
       <c r="R160" s="23"/>
       <c r="S160" s="23"/>
       <c r="T160" s="23"/>
       <c r="U160" s="23"/>
       <c r="V160" s="23"/>
       <c r="W160" s="23"/>
       <c r="X160" s="23"/>
       <c r="Y160" s="23"/>
     </row>
     <row r="161">
-      <c r="A161" s="29"/>
-      <c r="B161" s="29"/>
+      <c r="A161" s="26" t="s">
+        <v>254</v>
+      </c>
+      <c r="B161" s="30" t="s">
+        <v>255</v>
+      </c>
       <c r="C161" s="21" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>256</v>
+      </c>
+      <c r="D161" s="36" t="s">
+        <v>257</v>
       </c>
       <c r="E161" s="23"/>
       <c r="F161" s="23"/>
       <c r="G161" s="23"/>
       <c r="H161" s="23"/>
       <c r="I161" s="23"/>
       <c r="J161" s="23"/>
       <c r="K161" s="23"/>
       <c r="L161" s="23"/>
       <c r="M161" s="23"/>
       <c r="N161" s="23"/>
       <c r="O161" s="23"/>
       <c r="P161" s="23"/>
       <c r="Q161" s="23"/>
       <c r="R161" s="23"/>
       <c r="S161" s="23"/>
       <c r="T161" s="23"/>
       <c r="U161" s="23"/>
       <c r="V161" s="23"/>
       <c r="W161" s="23"/>
       <c r="X161" s="23"/>
       <c r="Y161" s="23"/>
     </row>
     <row r="162">
-      <c r="A162" s="44">
-[...4 lines deleted...]
-      </c>
+      <c r="A162" s="29"/>
+      <c r="B162" s="29"/>
       <c r="C162" s="21" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>257</v>
+        <v>153</v>
+      </c>
+      <c r="D162" s="24" t="s">
+        <v>7</v>
       </c>
       <c r="E162" s="23"/>
       <c r="F162" s="23"/>
       <c r="G162" s="23"/>
       <c r="H162" s="23"/>
       <c r="I162" s="23"/>
       <c r="J162" s="23"/>
       <c r="K162" s="23"/>
       <c r="L162" s="23"/>
       <c r="M162" s="23"/>
       <c r="N162" s="23"/>
       <c r="O162" s="23"/>
       <c r="P162" s="23"/>
       <c r="Q162" s="23"/>
       <c r="R162" s="23"/>
       <c r="S162" s="23"/>
       <c r="T162" s="23"/>
       <c r="U162" s="23"/>
       <c r="V162" s="23"/>
       <c r="W162" s="23"/>
       <c r="X162" s="23"/>
       <c r="Y162" s="23"/>
     </row>
     <row r="163">
-      <c r="A163" s="29"/>
-      <c r="B163" s="29"/>
+      <c r="A163" s="44">
+        <v>6.04380038E8</v>
+      </c>
+      <c r="B163" s="30" t="s">
+        <v>258</v>
+      </c>
       <c r="C163" s="21" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>256</v>
+      </c>
+      <c r="D163" s="36" t="s">
+        <v>259</v>
       </c>
       <c r="E163" s="23"/>
       <c r="F163" s="23"/>
       <c r="G163" s="23"/>
       <c r="H163" s="23"/>
       <c r="I163" s="23"/>
       <c r="J163" s="23"/>
       <c r="K163" s="23"/>
       <c r="L163" s="23"/>
       <c r="M163" s="23"/>
       <c r="N163" s="23"/>
       <c r="O163" s="23"/>
       <c r="P163" s="23"/>
       <c r="Q163" s="23"/>
       <c r="R163" s="23"/>
       <c r="S163" s="23"/>
       <c r="T163" s="23"/>
       <c r="U163" s="23"/>
       <c r="V163" s="23"/>
       <c r="W163" s="23"/>
       <c r="X163" s="23"/>
       <c r="Y163" s="23"/>
     </row>
     <row r="164">
-      <c r="A164" s="44">
-[...4 lines deleted...]
-      </c>
+      <c r="A164" s="29"/>
+      <c r="B164" s="29"/>
       <c r="C164" s="21" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>257</v>
+        <v>153</v>
+      </c>
+      <c r="D164" s="24" t="s">
+        <v>7</v>
       </c>
       <c r="E164" s="23"/>
       <c r="F164" s="23"/>
       <c r="G164" s="23"/>
       <c r="H164" s="23"/>
       <c r="I164" s="23"/>
       <c r="J164" s="23"/>
       <c r="K164" s="23"/>
       <c r="L164" s="23"/>
       <c r="M164" s="23"/>
       <c r="N164" s="23"/>
       <c r="O164" s="23"/>
       <c r="P164" s="23"/>
       <c r="Q164" s="23"/>
       <c r="R164" s="23"/>
       <c r="S164" s="23"/>
       <c r="T164" s="23"/>
       <c r="U164" s="23"/>
       <c r="V164" s="23"/>
       <c r="W164" s="23"/>
       <c r="X164" s="23"/>
       <c r="Y164" s="23"/>
     </row>
     <row r="165">
-      <c r="A165" s="29"/>
-      <c r="B165" s="7"/>
+      <c r="A165" s="44">
+        <v>6.043801E8</v>
+      </c>
+      <c r="B165" s="32" t="s">
+        <v>260</v>
+      </c>
       <c r="C165" s="21" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>256</v>
+      </c>
+      <c r="D165" s="36" t="s">
+        <v>259</v>
       </c>
       <c r="E165" s="23"/>
       <c r="F165" s="23"/>
       <c r="G165" s="23"/>
       <c r="H165" s="23"/>
       <c r="I165" s="23"/>
       <c r="J165" s="23"/>
       <c r="K165" s="23"/>
       <c r="L165" s="23"/>
       <c r="M165" s="23"/>
       <c r="N165" s="23"/>
       <c r="O165" s="23"/>
       <c r="P165" s="23"/>
       <c r="Q165" s="23"/>
       <c r="R165" s="23"/>
       <c r="S165" s="23"/>
       <c r="T165" s="23"/>
       <c r="U165" s="23"/>
       <c r="V165" s="23"/>
       <c r="W165" s="23"/>
       <c r="X165" s="23"/>
       <c r="Y165" s="23"/>
     </row>
     <row r="166">
-      <c r="A166" s="51">
-[...4 lines deleted...]
-      </c>
+      <c r="A166" s="29"/>
+      <c r="B166" s="7"/>
       <c r="C166" s="21" t="s">
-        <v>260</v>
+        <v>153</v>
       </c>
       <c r="D166" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E166" s="23"/>
       <c r="F166" s="23"/>
       <c r="G166" s="23"/>
       <c r="H166" s="23"/>
       <c r="I166" s="23"/>
       <c r="J166" s="23"/>
       <c r="K166" s="23"/>
       <c r="L166" s="23"/>
       <c r="M166" s="23"/>
       <c r="N166" s="23"/>
       <c r="O166" s="23"/>
       <c r="P166" s="23"/>
       <c r="Q166" s="23"/>
       <c r="R166" s="23"/>
       <c r="S166" s="23"/>
       <c r="T166" s="23"/>
       <c r="U166" s="23"/>
       <c r="V166" s="23"/>
       <c r="W166" s="23"/>
       <c r="X166" s="23"/>
       <c r="Y166" s="23"/>
     </row>
     <row r="167">
-      <c r="A167" s="26" t="s">
+      <c r="A167" s="51">
+        <v>6.04220014E8</v>
+      </c>
+      <c r="B167" s="20" t="s">
         <v>261</v>
       </c>
-      <c r="B167" s="32" t="s">
+      <c r="C167" s="21" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="D167" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E167" s="23"/>
       <c r="F167" s="23"/>
       <c r="G167" s="23"/>
       <c r="H167" s="23"/>
       <c r="I167" s="23"/>
       <c r="J167" s="23"/>
       <c r="K167" s="23"/>
       <c r="L167" s="23"/>
       <c r="M167" s="23"/>
       <c r="N167" s="23"/>
       <c r="O167" s="23"/>
       <c r="P167" s="23"/>
       <c r="Q167" s="23"/>
       <c r="R167" s="23"/>
       <c r="S167" s="23"/>
       <c r="T167" s="23"/>
       <c r="U167" s="23"/>
       <c r="V167" s="23"/>
       <c r="W167" s="23"/>
       <c r="X167" s="23"/>
       <c r="Y167" s="23"/>
     </row>
     <row r="168">
-      <c r="A168" s="44">
-        <v>6.04320027E8</v>
+      <c r="A168" s="26" t="s">
+        <v>263</v>
       </c>
       <c r="B168" s="32" t="s">
         <v>264</v>
       </c>
       <c r="C168" s="21" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="D168" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E168" s="23"/>
       <c r="F168" s="23"/>
       <c r="G168" s="23"/>
       <c r="H168" s="23"/>
       <c r="I168" s="23"/>
       <c r="J168" s="23"/>
       <c r="K168" s="23"/>
       <c r="L168" s="23"/>
       <c r="M168" s="23"/>
       <c r="N168" s="23"/>
       <c r="O168" s="23"/>
       <c r="P168" s="23"/>
       <c r="Q168" s="23"/>
       <c r="R168" s="23"/>
       <c r="S168" s="23"/>
       <c r="T168" s="23"/>
       <c r="U168" s="23"/>
       <c r="V168" s="23"/>
       <c r="W168" s="23"/>
       <c r="X168" s="23"/>
       <c r="Y168" s="23"/>
     </row>
     <row r="169">
-      <c r="A169" s="51">
-[...2 lines deleted...]
-      <c r="B169" s="20" t="s">
+      <c r="A169" s="44">
+        <v>6.04320027E8</v>
+      </c>
+      <c r="B169" s="32" t="s">
+        <v>266</v>
+      </c>
+      <c r="C169" s="21" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="D169" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E169" s="23"/>
       <c r="F169" s="23"/>
       <c r="G169" s="23"/>
       <c r="H169" s="23"/>
       <c r="I169" s="23"/>
       <c r="J169" s="23"/>
       <c r="K169" s="23"/>
       <c r="L169" s="23"/>
       <c r="M169" s="23"/>
       <c r="N169" s="23"/>
       <c r="O169" s="23"/>
       <c r="P169" s="23"/>
       <c r="Q169" s="23"/>
       <c r="R169" s="23"/>
       <c r="S169" s="23"/>
       <c r="T169" s="23"/>
       <c r="U169" s="23"/>
       <c r="V169" s="23"/>
       <c r="W169" s="23"/>
       <c r="X169" s="23"/>
       <c r="Y169" s="23"/>
     </row>
-    <row r="170" ht="15.0" customHeight="1">
-[...6 lines deleted...]
-      <c r="C170" s="30" t="s">
+    <row r="170">
+      <c r="A170" s="51">
+        <v>6.04320035E8</v>
+      </c>
+      <c r="B170" s="20" t="s">
         <v>267</v>
       </c>
-      <c r="D170" s="30" t="s">
+      <c r="C170" s="28" t="s">
+        <v>265</v>
+      </c>
+      <c r="D170" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E170" s="23"/>
       <c r="F170" s="23"/>
       <c r="G170" s="23"/>
       <c r="H170" s="23"/>
       <c r="I170" s="23"/>
       <c r="J170" s="23"/>
       <c r="K170" s="23"/>
       <c r="L170" s="23"/>
       <c r="M170" s="23"/>
       <c r="N170" s="23"/>
       <c r="O170" s="23"/>
       <c r="P170" s="23"/>
       <c r="Q170" s="23"/>
       <c r="R170" s="23"/>
       <c r="S170" s="23"/>
       <c r="T170" s="23"/>
       <c r="U170" s="23"/>
       <c r="V170" s="23"/>
       <c r="W170" s="23"/>
       <c r="X170" s="23"/>
       <c r="Y170" s="23"/>
     </row>
-    <row r="171">
-[...3 lines deleted...]
-      <c r="D171" s="29"/>
+    <row r="171" ht="15.0" customHeight="1">
+      <c r="A171" s="44">
+        <v>6.0425001E8</v>
+      </c>
+      <c r="B171" s="30" t="s">
+        <v>268</v>
+      </c>
+      <c r="C171" s="30" t="s">
+        <v>269</v>
+      </c>
+      <c r="D171" s="30" t="s">
+        <v>11</v>
+      </c>
       <c r="E171" s="23"/>
       <c r="F171" s="23"/>
       <c r="G171" s="23"/>
       <c r="H171" s="23"/>
       <c r="I171" s="23"/>
       <c r="J171" s="23"/>
       <c r="K171" s="23"/>
       <c r="L171" s="23"/>
       <c r="M171" s="23"/>
       <c r="N171" s="23"/>
       <c r="O171" s="23"/>
       <c r="P171" s="23"/>
       <c r="Q171" s="23"/>
       <c r="R171" s="23"/>
       <c r="S171" s="23"/>
       <c r="T171" s="23"/>
       <c r="U171" s="23"/>
       <c r="V171" s="23"/>
       <c r="W171" s="23"/>
       <c r="X171" s="23"/>
       <c r="Y171" s="23"/>
     </row>
     <row r="172">
-      <c r="A172" s="31"/>
-[...2 lines deleted...]
-      <c r="D172" s="31"/>
+      <c r="A172" s="29"/>
+      <c r="B172" s="29"/>
+      <c r="C172" s="29"/>
+      <c r="D172" s="29"/>
       <c r="E172" s="23"/>
       <c r="F172" s="23"/>
       <c r="G172" s="23"/>
       <c r="H172" s="23"/>
       <c r="I172" s="23"/>
       <c r="J172" s="23"/>
       <c r="K172" s="23"/>
       <c r="L172" s="23"/>
       <c r="M172" s="23"/>
       <c r="N172" s="23"/>
       <c r="O172" s="23"/>
       <c r="P172" s="23"/>
       <c r="Q172" s="23"/>
       <c r="R172" s="23"/>
       <c r="S172" s="23"/>
       <c r="T172" s="23"/>
       <c r="U172" s="23"/>
       <c r="V172" s="23"/>
       <c r="W172" s="23"/>
       <c r="X172" s="23"/>
       <c r="Y172" s="23"/>
     </row>
     <row r="173">
-      <c r="A173" s="66">
-[...10 lines deleted...]
-      </c>
+      <c r="A173" s="31"/>
+      <c r="B173" s="31"/>
+      <c r="C173" s="31"/>
+      <c r="D173" s="31"/>
       <c r="E173" s="23"/>
       <c r="F173" s="23"/>
       <c r="G173" s="23"/>
       <c r="H173" s="23"/>
       <c r="I173" s="23"/>
       <c r="J173" s="23"/>
       <c r="K173" s="23"/>
       <c r="L173" s="23"/>
       <c r="M173" s="23"/>
       <c r="N173" s="23"/>
       <c r="O173" s="23"/>
       <c r="P173" s="23"/>
       <c r="Q173" s="23"/>
       <c r="R173" s="23"/>
       <c r="S173" s="23"/>
       <c r="T173" s="23"/>
       <c r="U173" s="23"/>
       <c r="V173" s="23"/>
       <c r="W173" s="23"/>
       <c r="X173" s="23"/>
       <c r="Y173" s="23"/>
     </row>
     <row r="174">
-      <c r="A174" s="26" t="s">
-[...2 lines deleted...]
-      <c r="B174" s="32" t="s">
+      <c r="A174" s="70">
+        <v>6.04320132E8</v>
+      </c>
+      <c r="B174" s="63" t="s">
         <v>270</v>
       </c>
-      <c r="C174" s="21" t="s">
-[...2 lines deleted...]
-      <c r="D174" s="24" t="s">
+      <c r="C174" s="71" t="s">
+        <v>49</v>
+      </c>
+      <c r="D174" s="64" t="s">
         <v>11</v>
       </c>
       <c r="E174" s="23"/>
       <c r="F174" s="23"/>
       <c r="G174" s="23"/>
       <c r="H174" s="23"/>
       <c r="I174" s="23"/>
       <c r="J174" s="23"/>
       <c r="K174" s="23"/>
       <c r="L174" s="23"/>
       <c r="M174" s="23"/>
       <c r="N174" s="23"/>
       <c r="O174" s="23"/>
       <c r="P174" s="23"/>
       <c r="Q174" s="23"/>
       <c r="R174" s="23"/>
       <c r="S174" s="23"/>
       <c r="T174" s="23"/>
       <c r="U174" s="23"/>
       <c r="V174" s="23"/>
       <c r="W174" s="23"/>
       <c r="X174" s="23"/>
       <c r="Y174" s="23"/>
     </row>
     <row r="175">
       <c r="A175" s="26" t="s">
+        <v>271</v>
+      </c>
+      <c r="B175" s="32" t="s">
         <v>272</v>
       </c>
-      <c r="B175" s="32" t="s">
+      <c r="C175" s="21" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="D175" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E175" s="23"/>
       <c r="F175" s="23"/>
       <c r="G175" s="23"/>
       <c r="H175" s="23"/>
       <c r="I175" s="23"/>
       <c r="J175" s="23"/>
       <c r="K175" s="23"/>
       <c r="L175" s="23"/>
       <c r="M175" s="23"/>
       <c r="N175" s="23"/>
       <c r="O175" s="23"/>
       <c r="P175" s="23"/>
       <c r="Q175" s="23"/>
       <c r="R175" s="23"/>
       <c r="S175" s="23"/>
       <c r="T175" s="23"/>
       <c r="U175" s="23"/>
       <c r="V175" s="23"/>
       <c r="W175" s="23"/>
       <c r="X175" s="23"/>
       <c r="Y175" s="23"/>
     </row>
     <row r="176">
-      <c r="A176" s="44">
-[...2 lines deleted...]
-      <c r="B176" s="32" t="s">
+      <c r="A176" s="52">
+        <v>6.04850042E8</v>
+      </c>
+      <c r="B176" s="72" t="s">
         <v>274</v>
       </c>
-      <c r="C176" s="21" t="s">
-[...2 lines deleted...]
-      <c r="D176" s="24" t="s">
+      <c r="C176" s="54" t="s">
+        <v>116</v>
+      </c>
+      <c r="D176" s="55" t="s">
         <v>11</v>
       </c>
       <c r="E176" s="23"/>
       <c r="F176" s="23"/>
       <c r="G176" s="23"/>
       <c r="H176" s="23"/>
       <c r="I176" s="23"/>
       <c r="J176" s="23"/>
       <c r="K176" s="23"/>
       <c r="L176" s="23"/>
       <c r="M176" s="23"/>
       <c r="N176" s="23"/>
       <c r="O176" s="23"/>
       <c r="P176" s="23"/>
       <c r="Q176" s="23"/>
       <c r="R176" s="23"/>
       <c r="S176" s="23"/>
       <c r="T176" s="23"/>
       <c r="U176" s="23"/>
       <c r="V176" s="23"/>
       <c r="W176" s="23"/>
       <c r="X176" s="23"/>
       <c r="Y176" s="23"/>
     </row>
     <row r="177">
-      <c r="A177" s="44">
-        <v>6.0404004E8</v>
+      <c r="A177" s="26" t="s">
+        <v>275</v>
       </c>
       <c r="B177" s="32" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C177" s="21" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D177" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E177" s="23"/>
       <c r="F177" s="23"/>
       <c r="G177" s="23"/>
       <c r="H177" s="23"/>
       <c r="I177" s="23"/>
       <c r="J177" s="23"/>
       <c r="K177" s="23"/>
       <c r="L177" s="23"/>
       <c r="M177" s="23"/>
       <c r="N177" s="23"/>
       <c r="O177" s="23"/>
       <c r="P177" s="23"/>
       <c r="Q177" s="23"/>
       <c r="R177" s="23"/>
       <c r="S177" s="23"/>
       <c r="T177" s="23"/>
       <c r="U177" s="23"/>
       <c r="V177" s="23"/>
       <c r="W177" s="23"/>
       <c r="X177" s="23"/>
       <c r="Y177" s="23"/>
     </row>
     <row r="178">
-      <c r="A178" s="26" t="s">
-        <v>276</v>
+      <c r="A178" s="44">
+        <v>6.04040059E8</v>
       </c>
       <c r="B178" s="32" t="s">
         <v>277</v>
       </c>
       <c r="C178" s="21" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D178" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E178" s="23"/>
       <c r="F178" s="23"/>
       <c r="G178" s="23"/>
       <c r="H178" s="23"/>
       <c r="I178" s="23"/>
       <c r="J178" s="23"/>
       <c r="K178" s="23"/>
       <c r="L178" s="23"/>
       <c r="M178" s="23"/>
       <c r="N178" s="23"/>
       <c r="O178" s="23"/>
       <c r="P178" s="23"/>
       <c r="Q178" s="23"/>
       <c r="R178" s="23"/>
       <c r="S178" s="23"/>
       <c r="T178" s="23"/>
       <c r="U178" s="23"/>
       <c r="V178" s="23"/>
       <c r="W178" s="23"/>
       <c r="X178" s="23"/>
       <c r="Y178" s="23"/>
     </row>
     <row r="179">
       <c r="A179" s="44">
-        <v>6.04040075E8</v>
+        <v>6.0404004E8</v>
       </c>
       <c r="B179" s="32" t="s">
         <v>278</v>
       </c>
       <c r="C179" s="21" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D179" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E179" s="23"/>
       <c r="F179" s="23"/>
       <c r="G179" s="23"/>
       <c r="H179" s="23"/>
       <c r="I179" s="23"/>
       <c r="J179" s="23"/>
       <c r="K179" s="23"/>
       <c r="L179" s="23"/>
       <c r="M179" s="23"/>
       <c r="N179" s="23"/>
       <c r="O179" s="23"/>
       <c r="P179" s="23"/>
       <c r="Q179" s="23"/>
       <c r="R179" s="23"/>
       <c r="S179" s="23"/>
       <c r="T179" s="23"/>
       <c r="U179" s="23"/>
       <c r="V179" s="23"/>
       <c r="W179" s="23"/>
       <c r="X179" s="23"/>
       <c r="Y179" s="23"/>
     </row>
     <row r="180">
-      <c r="A180" s="51">
-[...2 lines deleted...]
-      <c r="B180" s="20" t="s">
+      <c r="A180" s="26" t="s">
         <v>279</v>
       </c>
+      <c r="B180" s="32" t="s">
+        <v>280</v>
+      </c>
       <c r="C180" s="21" t="s">
-        <v>49</v>
+        <v>144</v>
       </c>
       <c r="D180" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E180" s="23"/>
       <c r="F180" s="23"/>
       <c r="G180" s="23"/>
       <c r="H180" s="23"/>
       <c r="I180" s="23"/>
       <c r="J180" s="23"/>
       <c r="K180" s="23"/>
       <c r="L180" s="23"/>
       <c r="M180" s="23"/>
       <c r="N180" s="23"/>
       <c r="O180" s="23"/>
       <c r="P180" s="23"/>
       <c r="Q180" s="23"/>
       <c r="R180" s="23"/>
       <c r="S180" s="23"/>
       <c r="T180" s="23"/>
       <c r="U180" s="23"/>
       <c r="V180" s="23"/>
       <c r="W180" s="23"/>
       <c r="X180" s="23"/>
       <c r="Y180" s="23"/>
     </row>
     <row r="181">
-      <c r="A181" s="19" t="s">
-[...2 lines deleted...]
-      <c r="B181" s="20" t="s">
+      <c r="A181" s="44">
+        <v>6.04040075E8</v>
+      </c>
+      <c r="B181" s="32" t="s">
         <v>281</v>
       </c>
       <c r="C181" s="21" t="s">
-        <v>49</v>
+        <v>144</v>
       </c>
       <c r="D181" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E181" s="23"/>
       <c r="F181" s="23"/>
       <c r="G181" s="23"/>
       <c r="H181" s="23"/>
       <c r="I181" s="23"/>
       <c r="J181" s="23"/>
       <c r="K181" s="23"/>
       <c r="L181" s="23"/>
       <c r="M181" s="23"/>
       <c r="N181" s="23"/>
       <c r="O181" s="23"/>
       <c r="P181" s="23"/>
       <c r="Q181" s="23"/>
       <c r="R181" s="23"/>
       <c r="S181" s="23"/>
       <c r="T181" s="23"/>
       <c r="U181" s="23"/>
       <c r="V181" s="23"/>
       <c r="W181" s="23"/>
       <c r="X181" s="23"/>
       <c r="Y181" s="23"/>
     </row>
     <row r="182">
-      <c r="A182" s="44">
-[...2 lines deleted...]
-      <c r="B182" s="30" t="s">
+      <c r="A182" s="51">
+        <v>6.04540027E8</v>
+      </c>
+      <c r="B182" s="20" t="s">
         <v>282</v>
       </c>
       <c r="C182" s="21" t="s">
-        <v>283</v>
+        <v>49</v>
       </c>
       <c r="D182" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E182" s="23"/>
       <c r="F182" s="23"/>
       <c r="G182" s="23"/>
       <c r="H182" s="23"/>
       <c r="I182" s="23"/>
       <c r="J182" s="23"/>
       <c r="K182" s="23"/>
       <c r="L182" s="23"/>
       <c r="M182" s="23"/>
       <c r="N182" s="23"/>
       <c r="O182" s="23"/>
       <c r="P182" s="23"/>
       <c r="Q182" s="23"/>
       <c r="R182" s="23"/>
       <c r="S182" s="23"/>
       <c r="T182" s="23"/>
       <c r="U182" s="23"/>
       <c r="V182" s="23"/>
       <c r="W182" s="23"/>
       <c r="X182" s="23"/>
       <c r="Y182" s="23"/>
     </row>
     <row r="183">
-      <c r="A183" s="44">
-[...2 lines deleted...]
-      <c r="B183" s="30" t="s">
+      <c r="A183" s="19" t="s">
+        <v>283</v>
+      </c>
+      <c r="B183" s="20" t="s">
         <v>284</v>
       </c>
       <c r="C183" s="21" t="s">
-        <v>283</v>
+        <v>49</v>
       </c>
       <c r="D183" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E183" s="23"/>
       <c r="F183" s="23"/>
       <c r="G183" s="23"/>
       <c r="H183" s="23"/>
       <c r="I183" s="23"/>
       <c r="J183" s="23"/>
       <c r="K183" s="23"/>
       <c r="L183" s="23"/>
       <c r="M183" s="23"/>
       <c r="N183" s="23"/>
       <c r="O183" s="23"/>
       <c r="P183" s="23"/>
       <c r="Q183" s="23"/>
       <c r="R183" s="23"/>
       <c r="S183" s="23"/>
       <c r="T183" s="23"/>
       <c r="U183" s="23"/>
       <c r="V183" s="23"/>
       <c r="W183" s="23"/>
       <c r="X183" s="23"/>
       <c r="Y183" s="23"/>
     </row>
     <row r="184">
-      <c r="A184" s="19" t="s">
+      <c r="A184" s="44">
+        <v>6.04500017E8</v>
+      </c>
+      <c r="B184" s="30" t="s">
         <v>285</v>
       </c>
-      <c r="B184" s="20" t="s">
+      <c r="C184" s="21" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="D184" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E184" s="23"/>
       <c r="F184" s="23"/>
       <c r="G184" s="23"/>
       <c r="H184" s="23"/>
       <c r="I184" s="23"/>
       <c r="J184" s="23"/>
       <c r="K184" s="23"/>
       <c r="L184" s="23"/>
       <c r="M184" s="23"/>
       <c r="N184" s="23"/>
       <c r="O184" s="23"/>
       <c r="P184" s="23"/>
       <c r="Q184" s="23"/>
       <c r="R184" s="23"/>
       <c r="S184" s="23"/>
       <c r="T184" s="23"/>
       <c r="U184" s="23"/>
       <c r="V184" s="23"/>
       <c r="W184" s="23"/>
       <c r="X184" s="23"/>
       <c r="Y184" s="23"/>
     </row>
     <row r="185">
-      <c r="A185" s="51">
-[...2 lines deleted...]
-      <c r="B185" s="20" t="s">
+      <c r="A185" s="44">
+        <v>6.04500025E8</v>
+      </c>
+      <c r="B185" s="30" t="s">
         <v>287</v>
       </c>
       <c r="C185" s="21" t="s">
-        <v>236</v>
+        <v>286</v>
       </c>
       <c r="D185" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E185" s="23"/>
       <c r="F185" s="23"/>
       <c r="G185" s="23"/>
       <c r="H185" s="23"/>
       <c r="I185" s="23"/>
       <c r="J185" s="23"/>
       <c r="K185" s="23"/>
       <c r="L185" s="23"/>
       <c r="M185" s="23"/>
       <c r="N185" s="23"/>
       <c r="O185" s="23"/>
       <c r="P185" s="23"/>
       <c r="Q185" s="23"/>
       <c r="R185" s="23"/>
       <c r="S185" s="23"/>
       <c r="T185" s="23"/>
       <c r="U185" s="23"/>
       <c r="V185" s="23"/>
       <c r="W185" s="23"/>
       <c r="X185" s="23"/>
       <c r="Y185" s="23"/>
     </row>
     <row r="186">
-      <c r="A186" s="51">
-        <v>6.04130031E8</v>
+      <c r="A186" s="19" t="s">
+        <v>288</v>
       </c>
       <c r="B186" s="20" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C186" s="21" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D186" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E186" s="23"/>
       <c r="F186" s="23"/>
       <c r="G186" s="23"/>
       <c r="H186" s="23"/>
       <c r="I186" s="23"/>
       <c r="J186" s="23"/>
       <c r="K186" s="23"/>
       <c r="L186" s="23"/>
       <c r="M186" s="23"/>
       <c r="N186" s="23"/>
       <c r="O186" s="23"/>
       <c r="P186" s="23"/>
       <c r="Q186" s="23"/>
       <c r="R186" s="23"/>
       <c r="S186" s="23"/>
       <c r="T186" s="23"/>
       <c r="U186" s="23"/>
       <c r="V186" s="23"/>
       <c r="W186" s="23"/>
       <c r="X186" s="23"/>
       <c r="Y186" s="23"/>
     </row>
     <row r="187">
       <c r="A187" s="51">
-        <v>6.04240082E8</v>
+        <v>6.04130058E8</v>
       </c>
       <c r="B187" s="20" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C187" s="21" t="s">
-        <v>54</v>
+        <v>238</v>
       </c>
       <c r="D187" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E187" s="23"/>
       <c r="F187" s="23"/>
       <c r="G187" s="23"/>
       <c r="H187" s="23"/>
       <c r="I187" s="23"/>
       <c r="J187" s="23"/>
       <c r="K187" s="23"/>
       <c r="L187" s="23"/>
       <c r="M187" s="23"/>
       <c r="N187" s="23"/>
       <c r="O187" s="23"/>
       <c r="P187" s="23"/>
       <c r="Q187" s="23"/>
       <c r="R187" s="23"/>
       <c r="S187" s="23"/>
       <c r="T187" s="23"/>
       <c r="U187" s="23"/>
       <c r="V187" s="23"/>
       <c r="W187" s="23"/>
       <c r="X187" s="23"/>
       <c r="Y187" s="23"/>
     </row>
     <row r="188">
       <c r="A188" s="51">
-        <v>6.0427007E8</v>
+        <v>6.04130031E8</v>
       </c>
       <c r="B188" s="20" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C188" s="21" t="s">
-        <v>96</v>
+        <v>238</v>
       </c>
       <c r="D188" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E188" s="23"/>
       <c r="F188" s="23"/>
       <c r="G188" s="23"/>
       <c r="H188" s="23"/>
       <c r="I188" s="23"/>
       <c r="J188" s="23"/>
       <c r="K188" s="23"/>
       <c r="L188" s="23"/>
       <c r="M188" s="23"/>
       <c r="N188" s="23"/>
       <c r="O188" s="23"/>
       <c r="P188" s="23"/>
       <c r="Q188" s="23"/>
       <c r="R188" s="23"/>
       <c r="S188" s="23"/>
       <c r="T188" s="23"/>
       <c r="U188" s="23"/>
       <c r="V188" s="23"/>
       <c r="W188" s="23"/>
       <c r="X188" s="23"/>
       <c r="Y188" s="23"/>
     </row>
     <row r="189">
-      <c r="A189" s="19" t="s">
-        <v>291</v>
+      <c r="A189" s="51">
+        <v>6.04240082E8</v>
       </c>
       <c r="B189" s="20" t="s">
         <v>292</v>
       </c>
       <c r="C189" s="21" t="s">
-        <v>96</v>
+        <v>54</v>
       </c>
       <c r="D189" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E189" s="23"/>
       <c r="F189" s="23"/>
       <c r="G189" s="23"/>
       <c r="H189" s="23"/>
       <c r="I189" s="23"/>
       <c r="J189" s="23"/>
       <c r="K189" s="23"/>
       <c r="L189" s="23"/>
       <c r="M189" s="23"/>
       <c r="N189" s="23"/>
       <c r="O189" s="23"/>
       <c r="P189" s="23"/>
       <c r="Q189" s="23"/>
       <c r="R189" s="23"/>
       <c r="S189" s="23"/>
       <c r="T189" s="23"/>
       <c r="U189" s="23"/>
       <c r="V189" s="23"/>
       <c r="W189" s="23"/>
       <c r="X189" s="23"/>
       <c r="Y189" s="23"/>
     </row>
     <row r="190">
       <c r="A190" s="51">
-        <v>6.04520026E8</v>
+        <v>6.0427007E8</v>
       </c>
       <c r="B190" s="20" t="s">
         <v>293</v>
       </c>
       <c r="C190" s="21" t="s">
-        <v>49</v>
+        <v>96</v>
       </c>
       <c r="D190" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E190" s="23"/>
       <c r="F190" s="23"/>
       <c r="G190" s="23"/>
       <c r="H190" s="23"/>
       <c r="I190" s="23"/>
       <c r="J190" s="23"/>
       <c r="K190" s="23"/>
       <c r="L190" s="23"/>
       <c r="M190" s="23"/>
       <c r="N190" s="23"/>
       <c r="O190" s="23"/>
       <c r="P190" s="23"/>
       <c r="Q190" s="23"/>
       <c r="R190" s="23"/>
       <c r="S190" s="23"/>
       <c r="T190" s="23"/>
       <c r="U190" s="23"/>
       <c r="V190" s="23"/>
       <c r="W190" s="23"/>
       <c r="X190" s="23"/>
       <c r="Y190" s="23"/>
     </row>
     <row r="191">
-      <c r="A191" s="44">
-[...2 lines deleted...]
-      <c r="B191" s="30" t="s">
+      <c r="A191" s="19" t="s">
         <v>294</v>
       </c>
+      <c r="B191" s="20" t="s">
+        <v>295</v>
+      </c>
       <c r="C191" s="21" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-        <v>295</v>
+        <v>96</v>
+      </c>
+      <c r="D191" s="24" t="s">
+        <v>11</v>
       </c>
       <c r="E191" s="23"/>
       <c r="F191" s="23"/>
       <c r="G191" s="23"/>
       <c r="H191" s="23"/>
       <c r="I191" s="23"/>
       <c r="J191" s="23"/>
       <c r="K191" s="23"/>
       <c r="L191" s="23"/>
       <c r="M191" s="23"/>
       <c r="N191" s="23"/>
       <c r="O191" s="23"/>
       <c r="P191" s="23"/>
       <c r="Q191" s="23"/>
       <c r="R191" s="23"/>
       <c r="S191" s="23"/>
       <c r="T191" s="23"/>
       <c r="U191" s="23"/>
       <c r="V191" s="23"/>
       <c r="W191" s="23"/>
       <c r="X191" s="23"/>
       <c r="Y191" s="23"/>
     </row>
     <row r="192">
-      <c r="A192" s="44">
-[...2 lines deleted...]
-      <c r="B192" s="30" t="s">
+      <c r="A192" s="51">
+        <v>6.04520026E8</v>
+      </c>
+      <c r="B192" s="20" t="s">
         <v>296</v>
       </c>
       <c r="C192" s="21" t="s">
-        <v>297</v>
+        <v>49</v>
       </c>
       <c r="D192" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E192" s="23"/>
       <c r="F192" s="23"/>
       <c r="G192" s="23"/>
       <c r="H192" s="23"/>
       <c r="I192" s="23"/>
       <c r="J192" s="23"/>
       <c r="K192" s="23"/>
       <c r="L192" s="23"/>
       <c r="M192" s="23"/>
       <c r="N192" s="23"/>
       <c r="O192" s="23"/>
       <c r="P192" s="23"/>
       <c r="Q192" s="23"/>
       <c r="R192" s="23"/>
       <c r="S192" s="23"/>
       <c r="T192" s="23"/>
       <c r="U192" s="23"/>
       <c r="V192" s="23"/>
       <c r="W192" s="23"/>
       <c r="X192" s="23"/>
       <c r="Y192" s="23"/>
     </row>
     <row r="193">
-      <c r="A193" s="26" t="s">
+      <c r="A193" s="44">
+        <v>6.04380089E8</v>
+      </c>
+      <c r="B193" s="30" t="s">
+        <v>297</v>
+      </c>
+      <c r="C193" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="D193" s="40" t="s">
         <v>298</v>
-      </c>
-[...7 lines deleted...]
-        <v>7</v>
       </c>
       <c r="E193" s="23"/>
       <c r="F193" s="23"/>
       <c r="G193" s="23"/>
       <c r="H193" s="23"/>
       <c r="I193" s="23"/>
       <c r="J193" s="23"/>
       <c r="K193" s="23"/>
       <c r="L193" s="23"/>
       <c r="M193" s="23"/>
       <c r="N193" s="23"/>
       <c r="O193" s="23"/>
       <c r="P193" s="23"/>
       <c r="Q193" s="23"/>
       <c r="R193" s="23"/>
       <c r="S193" s="23"/>
       <c r="T193" s="23"/>
       <c r="U193" s="23"/>
       <c r="V193" s="23"/>
       <c r="W193" s="23"/>
       <c r="X193" s="23"/>
       <c r="Y193" s="23"/>
     </row>
     <row r="194">
-      <c r="A194" s="19">
-[...2 lines deleted...]
-      <c r="B194" s="20" t="s">
+      <c r="A194" s="44">
+        <v>6.04110022E8</v>
+      </c>
+      <c r="B194" s="30" t="s">
+        <v>299</v>
+      </c>
+      <c r="C194" s="21" t="s">
         <v>300</v>
       </c>
-      <c r="C194" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D194" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E194" s="23"/>
       <c r="F194" s="23"/>
       <c r="G194" s="23"/>
       <c r="H194" s="23"/>
       <c r="I194" s="23"/>
       <c r="J194" s="23"/>
       <c r="K194" s="23"/>
       <c r="L194" s="23"/>
       <c r="M194" s="23"/>
       <c r="N194" s="23"/>
       <c r="O194" s="23"/>
       <c r="P194" s="23"/>
       <c r="Q194" s="23"/>
       <c r="R194" s="23"/>
       <c r="S194" s="23"/>
       <c r="T194" s="23"/>
       <c r="U194" s="23"/>
       <c r="V194" s="23"/>
       <c r="W194" s="23"/>
       <c r="X194" s="23"/>
       <c r="Y194" s="23"/>
     </row>
     <row r="195">
-      <c r="A195" s="19">
-[...2 lines deleted...]
-      <c r="B195" s="20" t="s">
+      <c r="A195" s="26" t="s">
+        <v>301</v>
+      </c>
+      <c r="B195" s="30" t="s">
         <v>302</v>
       </c>
       <c r="C195" s="21" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="D195" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E195" s="23"/>
       <c r="F195" s="23"/>
       <c r="G195" s="23"/>
       <c r="H195" s="23"/>
       <c r="I195" s="23"/>
       <c r="J195" s="23"/>
       <c r="K195" s="23"/>
       <c r="L195" s="23"/>
       <c r="M195" s="23"/>
       <c r="N195" s="23"/>
       <c r="O195" s="23"/>
       <c r="P195" s="23"/>
       <c r="Q195" s="23"/>
       <c r="R195" s="23"/>
       <c r="S195" s="23"/>
       <c r="T195" s="23"/>
       <c r="U195" s="23"/>
       <c r="V195" s="23"/>
       <c r="W195" s="23"/>
       <c r="X195" s="23"/>
       <c r="Y195" s="23"/>
     </row>
     <row r="196">
       <c r="A196" s="19">
-        <v>4.201420034E9</v>
+        <v>4.201420042E9</v>
       </c>
       <c r="B196" s="20" t="s">
         <v>303</v>
       </c>
       <c r="C196" s="21" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="D196" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E196" s="23"/>
       <c r="F196" s="23"/>
       <c r="G196" s="23"/>
       <c r="H196" s="23"/>
       <c r="I196" s="23"/>
       <c r="J196" s="23"/>
       <c r="K196" s="23"/>
       <c r="L196" s="23"/>
       <c r="M196" s="23"/>
       <c r="N196" s="23"/>
       <c r="O196" s="23"/>
       <c r="P196" s="23"/>
       <c r="Q196" s="23"/>
       <c r="R196" s="23"/>
       <c r="S196" s="23"/>
       <c r="T196" s="23"/>
       <c r="U196" s="23"/>
       <c r="V196" s="23"/>
       <c r="W196" s="23"/>
       <c r="X196" s="23"/>
       <c r="Y196" s="23"/>
     </row>
     <row r="197">
-      <c r="A197" s="44">
-[...2 lines deleted...]
-      <c r="B197" s="30" t="s">
+      <c r="A197" s="19">
+        <v>4.20142005E9</v>
+      </c>
+      <c r="B197" s="20" t="s">
+        <v>305</v>
+      </c>
+      <c r="C197" s="21" t="s">
         <v>304</v>
       </c>
-      <c r="C197" s="21" t="s">
-[...3 lines deleted...]
-        <v>170</v>
+      <c r="D197" s="24" t="s">
+        <v>11</v>
       </c>
       <c r="E197" s="23"/>
       <c r="F197" s="23"/>
       <c r="G197" s="23"/>
       <c r="H197" s="23"/>
       <c r="I197" s="23"/>
       <c r="J197" s="23"/>
       <c r="K197" s="23"/>
       <c r="L197" s="23"/>
       <c r="M197" s="23"/>
       <c r="N197" s="23"/>
       <c r="O197" s="23"/>
       <c r="P197" s="23"/>
       <c r="Q197" s="23"/>
       <c r="R197" s="23"/>
       <c r="S197" s="23"/>
       <c r="T197" s="23"/>
       <c r="U197" s="23"/>
       <c r="V197" s="23"/>
       <c r="W197" s="23"/>
       <c r="X197" s="23"/>
       <c r="Y197" s="23"/>
     </row>
     <row r="198">
-      <c r="A198" s="29"/>
-      <c r="B198" s="29"/>
+      <c r="A198" s="19">
+        <v>4.201420034E9</v>
+      </c>
+      <c r="B198" s="20" t="s">
+        <v>306</v>
+      </c>
       <c r="C198" s="21" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>172</v>
+        <v>304</v>
+      </c>
+      <c r="D198" s="24" t="s">
+        <v>11</v>
       </c>
       <c r="E198" s="23"/>
       <c r="F198" s="23"/>
       <c r="G198" s="23"/>
       <c r="H198" s="23"/>
       <c r="I198" s="23"/>
       <c r="J198" s="23"/>
       <c r="K198" s="23"/>
       <c r="L198" s="23"/>
       <c r="M198" s="23"/>
       <c r="N198" s="23"/>
       <c r="O198" s="23"/>
       <c r="P198" s="23"/>
       <c r="Q198" s="23"/>
       <c r="R198" s="23"/>
       <c r="S198" s="23"/>
       <c r="T198" s="23"/>
       <c r="U198" s="23"/>
       <c r="V198" s="23"/>
       <c r="W198" s="23"/>
       <c r="X198" s="23"/>
       <c r="Y198" s="23"/>
     </row>
     <row r="199">
-      <c r="A199" s="31"/>
-      <c r="B199" s="31"/>
+      <c r="A199" s="44">
+        <v>6.04080026E8</v>
+      </c>
+      <c r="B199" s="30" t="s">
+        <v>307</v>
+      </c>
       <c r="C199" s="21" t="s">
-        <v>305</v>
+        <v>6</v>
       </c>
       <c r="D199" s="22" t="s">
-        <v>306</v>
+        <v>172</v>
       </c>
       <c r="E199" s="23"/>
       <c r="F199" s="23"/>
       <c r="G199" s="23"/>
       <c r="H199" s="23"/>
       <c r="I199" s="23"/>
       <c r="J199" s="23"/>
       <c r="K199" s="23"/>
       <c r="L199" s="23"/>
       <c r="M199" s="23"/>
       <c r="N199" s="23"/>
       <c r="O199" s="23"/>
       <c r="P199" s="23"/>
       <c r="Q199" s="23"/>
       <c r="R199" s="23"/>
       <c r="S199" s="23"/>
       <c r="T199" s="23"/>
       <c r="U199" s="23"/>
       <c r="V199" s="23"/>
       <c r="W199" s="23"/>
       <c r="X199" s="23"/>
       <c r="Y199" s="23"/>
     </row>
     <row r="200">
-      <c r="A200" s="68">
-[...9 lines deleted...]
-        <v>11</v>
+      <c r="A200" s="29"/>
+      <c r="B200" s="29"/>
+      <c r="C200" s="21" t="s">
+        <v>204</v>
+      </c>
+      <c r="D200" s="22" t="s">
+        <v>174</v>
       </c>
       <c r="E200" s="23"/>
       <c r="F200" s="23"/>
       <c r="G200" s="23"/>
       <c r="H200" s="23"/>
       <c r="I200" s="23"/>
       <c r="J200" s="23"/>
       <c r="K200" s="23"/>
       <c r="L200" s="23"/>
       <c r="M200" s="23"/>
       <c r="N200" s="23"/>
       <c r="O200" s="23"/>
       <c r="P200" s="23"/>
       <c r="Q200" s="23"/>
       <c r="R200" s="23"/>
       <c r="S200" s="23"/>
       <c r="T200" s="23"/>
       <c r="U200" s="23"/>
       <c r="V200" s="23"/>
       <c r="W200" s="23"/>
       <c r="X200" s="23"/>
       <c r="Y200" s="23"/>
     </row>
     <row r="201">
-      <c r="A201" s="19" t="s">
+      <c r="A201" s="31"/>
+      <c r="B201" s="31"/>
+      <c r="C201" s="21" t="s">
+        <v>308</v>
+      </c>
+      <c r="D201" s="22" t="s">
         <v>309</v>
-      </c>
-[...7 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E201" s="23"/>
       <c r="F201" s="23"/>
       <c r="G201" s="23"/>
       <c r="H201" s="23"/>
       <c r="I201" s="23"/>
       <c r="J201" s="23"/>
       <c r="K201" s="23"/>
       <c r="L201" s="23"/>
       <c r="M201" s="23"/>
       <c r="N201" s="23"/>
       <c r="O201" s="23"/>
       <c r="P201" s="23"/>
       <c r="Q201" s="23"/>
       <c r="R201" s="23"/>
       <c r="S201" s="23"/>
       <c r="T201" s="23"/>
       <c r="U201" s="23"/>
       <c r="V201" s="23"/>
       <c r="W201" s="23"/>
       <c r="X201" s="23"/>
       <c r="Y201" s="23"/>
     </row>
     <row r="202">
-      <c r="A202" s="19" t="s">
-[...6 lines deleted...]
-        <v>314</v>
+      <c r="A202" s="73">
+        <v>6.04480024E8</v>
+      </c>
+      <c r="B202" s="59" t="s">
+        <v>310</v>
+      </c>
+      <c r="C202" s="25" t="s">
+        <v>311</v>
       </c>
       <c r="D202" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E202" s="23"/>
       <c r="F202" s="23"/>
       <c r="G202" s="23"/>
       <c r="H202" s="23"/>
       <c r="I202" s="23"/>
       <c r="J202" s="23"/>
       <c r="K202" s="23"/>
       <c r="L202" s="23"/>
       <c r="M202" s="23"/>
       <c r="N202" s="23"/>
       <c r="O202" s="23"/>
       <c r="P202" s="23"/>
       <c r="Q202" s="23"/>
       <c r="R202" s="23"/>
       <c r="S202" s="23"/>
       <c r="T202" s="23"/>
       <c r="U202" s="23"/>
       <c r="V202" s="23"/>
       <c r="W202" s="23"/>
       <c r="X202" s="23"/>
       <c r="Y202" s="23"/>
     </row>
     <row r="203">
-      <c r="A203" s="51">
-        <v>6.04330014E8</v>
+      <c r="A203" s="19" t="s">
+        <v>312</v>
       </c>
       <c r="B203" s="20" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="C203" s="21" t="s">
-        <v>91</v>
+        <v>314</v>
       </c>
       <c r="D203" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E203" s="23"/>
       <c r="F203" s="23"/>
       <c r="G203" s="23"/>
       <c r="H203" s="23"/>
       <c r="I203" s="23"/>
       <c r="J203" s="23"/>
       <c r="K203" s="23"/>
       <c r="L203" s="23"/>
       <c r="M203" s="23"/>
       <c r="N203" s="23"/>
       <c r="O203" s="23"/>
       <c r="P203" s="23"/>
       <c r="Q203" s="23"/>
       <c r="R203" s="23"/>
       <c r="S203" s="23"/>
       <c r="T203" s="23"/>
       <c r="U203" s="23"/>
       <c r="V203" s="23"/>
       <c r="W203" s="23"/>
       <c r="X203" s="23"/>
       <c r="Y203" s="23"/>
     </row>
     <row r="204">
-      <c r="A204" s="51">
-        <v>6.04240031E8</v>
+      <c r="A204" s="19" t="s">
+        <v>315</v>
       </c>
       <c r="B204" s="20" t="s">
         <v>316</v>
       </c>
       <c r="C204" s="21" t="s">
-        <v>74</v>
+        <v>317</v>
       </c>
       <c r="D204" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E204" s="23"/>
       <c r="F204" s="23"/>
       <c r="G204" s="23"/>
       <c r="H204" s="23"/>
       <c r="I204" s="23"/>
       <c r="J204" s="23"/>
       <c r="K204" s="23"/>
       <c r="L204" s="23"/>
       <c r="M204" s="23"/>
       <c r="N204" s="23"/>
       <c r="O204" s="23"/>
       <c r="P204" s="23"/>
       <c r="Q204" s="23"/>
       <c r="R204" s="23"/>
       <c r="S204" s="23"/>
       <c r="T204" s="23"/>
       <c r="U204" s="23"/>
       <c r="V204" s="23"/>
       <c r="W204" s="23"/>
       <c r="X204" s="23"/>
       <c r="Y204" s="23"/>
     </row>
     <row r="205">
-      <c r="A205" s="26" t="s">
-[...2 lines deleted...]
-      <c r="B205" s="30" t="s">
+      <c r="A205" s="51">
+        <v>6.04330014E8</v>
+      </c>
+      <c r="B205" s="20" t="s">
         <v>318</v>
       </c>
-      <c r="C205" s="30" t="s">
-[...2 lines deleted...]
-      <c r="D205" s="30" t="s">
+      <c r="C205" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="D205" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E205" s="23"/>
       <c r="F205" s="23"/>
       <c r="G205" s="23"/>
       <c r="H205" s="23"/>
       <c r="I205" s="23"/>
       <c r="J205" s="23"/>
       <c r="K205" s="23"/>
       <c r="L205" s="23"/>
       <c r="M205" s="23"/>
       <c r="N205" s="23"/>
       <c r="O205" s="23"/>
       <c r="P205" s="23"/>
       <c r="Q205" s="23"/>
       <c r="R205" s="23"/>
       <c r="S205" s="23"/>
       <c r="T205" s="23"/>
       <c r="U205" s="23"/>
       <c r="V205" s="23"/>
       <c r="W205" s="23"/>
       <c r="X205" s="23"/>
       <c r="Y205" s="23"/>
     </row>
     <row r="206">
-      <c r="A206" s="29"/>
-[...2 lines deleted...]
-      <c r="D206" s="29"/>
+      <c r="A206" s="51">
+        <v>6.04240031E8</v>
+      </c>
+      <c r="B206" s="20" t="s">
+        <v>319</v>
+      </c>
+      <c r="C206" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="D206" s="24" t="s">
+        <v>11</v>
+      </c>
       <c r="E206" s="23"/>
       <c r="F206" s="23"/>
       <c r="G206" s="23"/>
       <c r="H206" s="23"/>
       <c r="I206" s="23"/>
       <c r="J206" s="23"/>
       <c r="K206" s="23"/>
       <c r="L206" s="23"/>
       <c r="M206" s="23"/>
       <c r="N206" s="23"/>
       <c r="O206" s="23"/>
       <c r="P206" s="23"/>
       <c r="Q206" s="23"/>
       <c r="R206" s="23"/>
       <c r="S206" s="23"/>
       <c r="T206" s="23"/>
       <c r="U206" s="23"/>
       <c r="V206" s="23"/>
       <c r="W206" s="23"/>
       <c r="X206" s="23"/>
       <c r="Y206" s="23"/>
     </row>
     <row r="207">
-      <c r="A207" s="29"/>
-[...2 lines deleted...]
-      <c r="D207" s="29"/>
+      <c r="A207" s="26" t="s">
+        <v>320</v>
+      </c>
+      <c r="B207" s="30" t="s">
+        <v>321</v>
+      </c>
+      <c r="C207" s="30" t="s">
+        <v>322</v>
+      </c>
+      <c r="D207" s="30" t="s">
+        <v>11</v>
+      </c>
       <c r="E207" s="23"/>
       <c r="F207" s="23"/>
       <c r="G207" s="23"/>
       <c r="H207" s="23"/>
       <c r="I207" s="23"/>
       <c r="J207" s="23"/>
       <c r="K207" s="23"/>
       <c r="L207" s="23"/>
       <c r="M207" s="23"/>
       <c r="N207" s="23"/>
       <c r="O207" s="23"/>
       <c r="P207" s="23"/>
       <c r="Q207" s="23"/>
       <c r="R207" s="23"/>
       <c r="S207" s="23"/>
       <c r="T207" s="23"/>
       <c r="U207" s="23"/>
       <c r="V207" s="23"/>
       <c r="W207" s="23"/>
       <c r="X207" s="23"/>
       <c r="Y207" s="23"/>
     </row>
     <row r="208">
       <c r="A208" s="29"/>
       <c r="B208" s="29"/>
-      <c r="C208" s="31"/>
-      <c r="D208" s="31"/>
+      <c r="C208" s="29"/>
+      <c r="D208" s="29"/>
       <c r="E208" s="23"/>
       <c r="F208" s="23"/>
       <c r="G208" s="23"/>
       <c r="H208" s="23"/>
       <c r="I208" s="23"/>
       <c r="J208" s="23"/>
       <c r="K208" s="23"/>
       <c r="L208" s="23"/>
       <c r="M208" s="23"/>
       <c r="N208" s="23"/>
       <c r="O208" s="23"/>
       <c r="P208" s="23"/>
       <c r="Q208" s="23"/>
       <c r="R208" s="23"/>
       <c r="S208" s="23"/>
       <c r="T208" s="23"/>
       <c r="U208" s="23"/>
       <c r="V208" s="23"/>
       <c r="W208" s="23"/>
       <c r="X208" s="23"/>
       <c r="Y208" s="23"/>
     </row>
     <row r="209">
       <c r="A209" s="29"/>
       <c r="B209" s="29"/>
-      <c r="C209" s="46" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C209" s="29"/>
+      <c r="D209" s="29"/>
       <c r="E209" s="23"/>
       <c r="F209" s="23"/>
       <c r="G209" s="23"/>
       <c r="H209" s="23"/>
       <c r="I209" s="23"/>
       <c r="J209" s="23"/>
       <c r="K209" s="23"/>
       <c r="L209" s="23"/>
       <c r="M209" s="23"/>
       <c r="N209" s="23"/>
       <c r="O209" s="23"/>
       <c r="P209" s="23"/>
       <c r="Q209" s="23"/>
       <c r="R209" s="23"/>
       <c r="S209" s="23"/>
       <c r="T209" s="23"/>
       <c r="U209" s="23"/>
       <c r="V209" s="23"/>
       <c r="W209" s="23"/>
       <c r="X209" s="23"/>
       <c r="Y209" s="23"/>
     </row>
     <row r="210">
-      <c r="A210" s="44">
-[...10 lines deleted...]
-      </c>
+      <c r="A210" s="29"/>
+      <c r="B210" s="29"/>
+      <c r="C210" s="31"/>
+      <c r="D210" s="31"/>
       <c r="E210" s="23"/>
       <c r="F210" s="23"/>
       <c r="G210" s="23"/>
       <c r="H210" s="23"/>
       <c r="I210" s="23"/>
       <c r="J210" s="23"/>
       <c r="K210" s="23"/>
       <c r="L210" s="23"/>
       <c r="M210" s="23"/>
       <c r="N210" s="23"/>
       <c r="O210" s="23"/>
       <c r="P210" s="23"/>
       <c r="Q210" s="23"/>
       <c r="R210" s="23"/>
       <c r="S210" s="23"/>
       <c r="T210" s="23"/>
       <c r="U210" s="23"/>
       <c r="V210" s="23"/>
       <c r="W210" s="23"/>
       <c r="X210" s="23"/>
       <c r="Y210" s="23"/>
     </row>
     <row r="211">
       <c r="A211" s="29"/>
       <c r="B211" s="29"/>
-      <c r="C211" s="29"/>
-      <c r="D211" s="29"/>
+      <c r="C211" s="46" t="s">
+        <v>323</v>
+      </c>
+      <c r="D211" s="22" t="s">
+        <v>324</v>
+      </c>
       <c r="E211" s="23"/>
       <c r="F211" s="23"/>
       <c r="G211" s="23"/>
       <c r="H211" s="23"/>
       <c r="I211" s="23"/>
       <c r="J211" s="23"/>
       <c r="K211" s="23"/>
       <c r="L211" s="23"/>
       <c r="M211" s="23"/>
       <c r="N211" s="23"/>
       <c r="O211" s="23"/>
       <c r="P211" s="23"/>
       <c r="Q211" s="23"/>
       <c r="R211" s="23"/>
       <c r="S211" s="23"/>
       <c r="T211" s="23"/>
       <c r="U211" s="23"/>
       <c r="V211" s="23"/>
       <c r="W211" s="23"/>
       <c r="X211" s="23"/>
       <c r="Y211" s="23"/>
     </row>
     <row r="212">
-      <c r="A212" s="29"/>
-[...2 lines deleted...]
-      <c r="D212" s="29"/>
+      <c r="A212" s="44">
+        <v>6.04310056E8</v>
+      </c>
+      <c r="B212" s="30" t="s">
+        <v>325</v>
+      </c>
+      <c r="C212" s="30" t="s">
+        <v>322</v>
+      </c>
+      <c r="D212" s="30" t="s">
+        <v>11</v>
+      </c>
       <c r="E212" s="23"/>
       <c r="F212" s="23"/>
       <c r="G212" s="23"/>
       <c r="H212" s="23"/>
       <c r="I212" s="23"/>
       <c r="J212" s="23"/>
       <c r="K212" s="23"/>
       <c r="L212" s="23"/>
       <c r="M212" s="23"/>
       <c r="N212" s="23"/>
       <c r="O212" s="23"/>
       <c r="P212" s="23"/>
       <c r="Q212" s="23"/>
       <c r="R212" s="23"/>
       <c r="S212" s="23"/>
       <c r="T212" s="23"/>
       <c r="U212" s="23"/>
       <c r="V212" s="23"/>
       <c r="W212" s="23"/>
       <c r="X212" s="23"/>
       <c r="Y212" s="23"/>
     </row>
     <row r="213">
       <c r="A213" s="29"/>
       <c r="B213" s="29"/>
-      <c r="C213" s="31"/>
-      <c r="D213" s="31"/>
+      <c r="C213" s="29"/>
+      <c r="D213" s="29"/>
       <c r="E213" s="23"/>
       <c r="F213" s="23"/>
       <c r="G213" s="23"/>
       <c r="H213" s="23"/>
       <c r="I213" s="23"/>
       <c r="J213" s="23"/>
       <c r="K213" s="23"/>
       <c r="L213" s="23"/>
       <c r="M213" s="23"/>
       <c r="N213" s="23"/>
       <c r="O213" s="23"/>
       <c r="P213" s="23"/>
       <c r="Q213" s="23"/>
       <c r="R213" s="23"/>
       <c r="S213" s="23"/>
       <c r="T213" s="23"/>
       <c r="U213" s="23"/>
       <c r="V213" s="23"/>
       <c r="W213" s="23"/>
       <c r="X213" s="23"/>
       <c r="Y213" s="23"/>
     </row>
     <row r="214">
       <c r="A214" s="29"/>
       <c r="B214" s="29"/>
-      <c r="C214" s="46" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C214" s="29"/>
+      <c r="D214" s="29"/>
       <c r="E214" s="23"/>
       <c r="F214" s="23"/>
       <c r="G214" s="23"/>
       <c r="H214" s="23"/>
       <c r="I214" s="23"/>
       <c r="J214" s="23"/>
       <c r="K214" s="23"/>
       <c r="L214" s="23"/>
       <c r="M214" s="23"/>
       <c r="N214" s="23"/>
       <c r="O214" s="23"/>
       <c r="P214" s="23"/>
       <c r="Q214" s="23"/>
       <c r="R214" s="23"/>
       <c r="S214" s="23"/>
       <c r="T214" s="23"/>
       <c r="U214" s="23"/>
       <c r="V214" s="23"/>
       <c r="W214" s="23"/>
       <c r="X214" s="23"/>
       <c r="Y214" s="23"/>
     </row>
     <row r="215">
-      <c r="A215" s="26" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A215" s="29"/>
+      <c r="B215" s="29"/>
+      <c r="C215" s="31"/>
+      <c r="D215" s="31"/>
       <c r="E215" s="23"/>
       <c r="F215" s="23"/>
       <c r="G215" s="23"/>
       <c r="H215" s="23"/>
       <c r="I215" s="23"/>
       <c r="J215" s="23"/>
       <c r="K215" s="23"/>
       <c r="L215" s="23"/>
       <c r="M215" s="23"/>
       <c r="N215" s="23"/>
       <c r="O215" s="23"/>
       <c r="P215" s="23"/>
       <c r="Q215" s="23"/>
       <c r="R215" s="23"/>
       <c r="S215" s="23"/>
       <c r="T215" s="23"/>
       <c r="U215" s="23"/>
       <c r="V215" s="23"/>
       <c r="W215" s="23"/>
       <c r="X215" s="23"/>
       <c r="Y215" s="23"/>
     </row>
     <row r="216">
-      <c r="A216" s="26" t="s">
-[...9 lines deleted...]
-        <v>7</v>
+      <c r="A216" s="29"/>
+      <c r="B216" s="29"/>
+      <c r="C216" s="46" t="s">
+        <v>326</v>
+      </c>
+      <c r="D216" s="22" t="s">
+        <v>324</v>
       </c>
       <c r="E216" s="23"/>
       <c r="F216" s="23"/>
       <c r="G216" s="23"/>
       <c r="H216" s="23"/>
       <c r="I216" s="23"/>
       <c r="J216" s="23"/>
       <c r="K216" s="23"/>
       <c r="L216" s="23"/>
       <c r="M216" s="23"/>
       <c r="N216" s="23"/>
       <c r="O216" s="23"/>
       <c r="P216" s="23"/>
       <c r="Q216" s="23"/>
       <c r="R216" s="23"/>
       <c r="S216" s="23"/>
       <c r="T216" s="23"/>
       <c r="U216" s="23"/>
       <c r="V216" s="23"/>
       <c r="W216" s="23"/>
       <c r="X216" s="23"/>
       <c r="Y216" s="23"/>
     </row>
     <row r="217">
-      <c r="A217" s="69">
-[...8 lines deleted...]
-      <c r="D217" s="24" t="s">
+      <c r="A217" s="26" t="s">
+        <v>327</v>
+      </c>
+      <c r="B217" s="32" t="s">
+        <v>328</v>
+      </c>
+      <c r="C217" s="35" t="s">
+        <v>329</v>
+      </c>
+      <c r="D217" s="35" t="s">
         <v>7</v>
       </c>
       <c r="E217" s="23"/>
       <c r="F217" s="23"/>
       <c r="G217" s="23"/>
+      <c r="H217" s="23"/>
       <c r="I217" s="23"/>
       <c r="J217" s="23"/>
       <c r="K217" s="23"/>
       <c r="L217" s="23"/>
       <c r="M217" s="23"/>
       <c r="N217" s="23"/>
       <c r="O217" s="23"/>
       <c r="P217" s="23"/>
       <c r="Q217" s="23"/>
       <c r="R217" s="23"/>
       <c r="S217" s="23"/>
       <c r="T217" s="23"/>
       <c r="U217" s="23"/>
       <c r="V217" s="23"/>
       <c r="W217" s="23"/>
       <c r="X217" s="23"/>
       <c r="Y217" s="23"/>
     </row>
     <row r="218">
-      <c r="A218" s="70">
-[...2 lines deleted...]
-      <c r="B218" s="22" t="s">
+      <c r="A218" s="26" t="s">
+        <v>330</v>
+      </c>
+      <c r="B218" s="24" t="s">
+        <v>331</v>
+      </c>
+      <c r="C218" s="30" t="s">
         <v>332</v>
       </c>
-      <c r="C218" s="57" t="s">
-[...2 lines deleted...]
-      <c r="D218" s="57" t="s">
+      <c r="D218" s="30" t="s">
         <v>7</v>
       </c>
       <c r="E218" s="23"/>
       <c r="F218" s="23"/>
       <c r="G218" s="23"/>
       <c r="H218" s="23"/>
       <c r="I218" s="23"/>
       <c r="J218" s="23"/>
       <c r="K218" s="23"/>
       <c r="L218" s="23"/>
       <c r="M218" s="23"/>
       <c r="N218" s="23"/>
       <c r="O218" s="23"/>
       <c r="P218" s="23"/>
       <c r="Q218" s="23"/>
       <c r="R218" s="23"/>
       <c r="S218" s="23"/>
       <c r="T218" s="23"/>
       <c r="U218" s="23"/>
       <c r="V218" s="23"/>
       <c r="W218" s="23"/>
       <c r="X218" s="23"/>
       <c r="Y218" s="23"/>
     </row>
     <row r="219">
-      <c r="A219" s="19">
-[...2 lines deleted...]
-      <c r="B219" s="24" t="s">
+      <c r="A219" s="74">
+        <v>6.04380119E8</v>
+      </c>
+      <c r="B219" s="61" t="s">
         <v>333</v>
       </c>
       <c r="C219" s="36" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="D219" s="24" t="s">
         <v>7</v>
       </c>
       <c r="E219" s="23"/>
       <c r="F219" s="23"/>
       <c r="G219" s="23"/>
-      <c r="H219" s="23"/>
       <c r="I219" s="23"/>
       <c r="J219" s="23"/>
       <c r="K219" s="23"/>
       <c r="L219" s="23"/>
       <c r="M219" s="23"/>
       <c r="N219" s="23"/>
       <c r="O219" s="23"/>
       <c r="P219" s="23"/>
       <c r="Q219" s="23"/>
       <c r="R219" s="23"/>
       <c r="S219" s="23"/>
       <c r="T219" s="23"/>
       <c r="U219" s="23"/>
       <c r="V219" s="23"/>
       <c r="W219" s="23"/>
       <c r="X219" s="23"/>
       <c r="Y219" s="23"/>
     </row>
     <row r="220">
-      <c r="A220" s="71">
-        <v>6.0478001E8</v>
+      <c r="A220" s="75">
+        <v>6.04380119E8</v>
       </c>
       <c r="B220" s="22" t="s">
+        <v>335</v>
+      </c>
+      <c r="C220" s="61" t="s">
         <v>334</v>
       </c>
-      <c r="C220" s="24" t="s">
-[...3 lines deleted...]
-        <v>11</v>
+      <c r="D220" s="61" t="s">
+        <v>7</v>
       </c>
       <c r="E220" s="23"/>
       <c r="F220" s="23"/>
       <c r="G220" s="23"/>
       <c r="H220" s="23"/>
       <c r="I220" s="23"/>
       <c r="J220" s="23"/>
       <c r="K220" s="23"/>
       <c r="L220" s="23"/>
       <c r="M220" s="23"/>
       <c r="N220" s="23"/>
       <c r="O220" s="23"/>
       <c r="P220" s="23"/>
       <c r="Q220" s="23"/>
       <c r="R220" s="23"/>
       <c r="S220" s="23"/>
       <c r="T220" s="23"/>
       <c r="U220" s="23"/>
       <c r="V220" s="23"/>
       <c r="W220" s="23"/>
       <c r="X220" s="23"/>
       <c r="Y220" s="23"/>
     </row>
     <row r="221">
-      <c r="A221" s="71">
-[...9 lines deleted...]
-        <v>11</v>
+      <c r="A221" s="19">
+        <v>4.201470031E9</v>
+      </c>
+      <c r="B221" s="24" t="s">
+        <v>336</v>
+      </c>
+      <c r="C221" s="36" t="s">
+        <v>334</v>
+      </c>
+      <c r="D221" s="24" t="s">
+        <v>7</v>
       </c>
       <c r="E221" s="23"/>
       <c r="F221" s="23"/>
       <c r="G221" s="23"/>
       <c r="H221" s="23"/>
       <c r="I221" s="23"/>
       <c r="J221" s="23"/>
       <c r="K221" s="23"/>
       <c r="L221" s="23"/>
       <c r="M221" s="23"/>
       <c r="N221" s="23"/>
       <c r="O221" s="23"/>
       <c r="P221" s="23"/>
       <c r="Q221" s="23"/>
       <c r="R221" s="23"/>
       <c r="S221" s="23"/>
       <c r="T221" s="23"/>
       <c r="U221" s="23"/>
       <c r="V221" s="23"/>
       <c r="W221" s="23"/>
       <c r="X221" s="23"/>
       <c r="Y221" s="23"/>
     </row>
     <row r="222">
-      <c r="A222" s="71">
+      <c r="A222" s="76">
         <v>6.0478001E8</v>
       </c>
       <c r="B222" s="22" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C222" s="24" t="s">
-        <v>337</v>
+        <v>46</v>
       </c>
       <c r="D222" s="22" t="s">
         <v>11</v>
       </c>
       <c r="E222" s="23"/>
       <c r="F222" s="23"/>
       <c r="G222" s="23"/>
       <c r="H222" s="23"/>
       <c r="I222" s="23"/>
       <c r="J222" s="23"/>
       <c r="K222" s="23"/>
       <c r="L222" s="23"/>
       <c r="M222" s="23"/>
       <c r="N222" s="23"/>
       <c r="O222" s="23"/>
       <c r="P222" s="23"/>
       <c r="Q222" s="23"/>
       <c r="R222" s="23"/>
       <c r="S222" s="23"/>
       <c r="T222" s="23"/>
       <c r="U222" s="23"/>
       <c r="V222" s="23"/>
       <c r="W222" s="23"/>
       <c r="X222" s="23"/>
       <c r="Y222" s="23"/>
     </row>
     <row r="223">
-      <c r="A223" s="71">
-        <v>6.04780052E8</v>
+      <c r="A223" s="76">
+        <v>6.04780044E8</v>
       </c>
       <c r="B223" s="22" t="s">
         <v>338</v>
       </c>
       <c r="C223" s="24" t="s">
-        <v>339</v>
+        <v>46</v>
       </c>
       <c r="D223" s="22" t="s">
         <v>11</v>
       </c>
       <c r="E223" s="23"/>
       <c r="F223" s="23"/>
       <c r="G223" s="23"/>
       <c r="H223" s="23"/>
       <c r="I223" s="23"/>
       <c r="J223" s="23"/>
       <c r="K223" s="23"/>
       <c r="L223" s="23"/>
       <c r="M223" s="23"/>
       <c r="N223" s="23"/>
       <c r="O223" s="23"/>
       <c r="P223" s="23"/>
       <c r="Q223" s="23"/>
       <c r="R223" s="23"/>
       <c r="S223" s="23"/>
       <c r="T223" s="23"/>
       <c r="U223" s="23"/>
       <c r="V223" s="23"/>
       <c r="W223" s="23"/>
       <c r="X223" s="23"/>
       <c r="Y223" s="23"/>
     </row>
     <row r="224">
-      <c r="A224" s="72">
-[...2 lines deleted...]
-      <c r="B224" s="73" t="s">
+      <c r="A224" s="76">
+        <v>6.0478001E8</v>
+      </c>
+      <c r="B224" s="22" t="s">
+        <v>339</v>
+      </c>
+      <c r="C224" s="24" t="s">
         <v>340</v>
       </c>
-      <c r="C224" s="74" t="s">
-[...3 lines deleted...]
-        <v>7</v>
+      <c r="D224" s="22" t="s">
+        <v>11</v>
       </c>
       <c r="E224" s="23"/>
       <c r="F224" s="23"/>
       <c r="G224" s="23"/>
       <c r="H224" s="23"/>
       <c r="I224" s="23"/>
       <c r="J224" s="23"/>
       <c r="K224" s="23"/>
       <c r="L224" s="23"/>
       <c r="M224" s="23"/>
       <c r="N224" s="23"/>
       <c r="O224" s="23"/>
       <c r="P224" s="23"/>
       <c r="Q224" s="23"/>
       <c r="R224" s="23"/>
       <c r="S224" s="23"/>
       <c r="T224" s="23"/>
       <c r="U224" s="23"/>
       <c r="V224" s="23"/>
       <c r="W224" s="23"/>
       <c r="X224" s="23"/>
       <c r="Y224" s="23"/>
     </row>
     <row r="225">
-      <c r="A225" s="51">
-[...2 lines deleted...]
-      <c r="B225" s="24" t="s">
+      <c r="A225" s="76">
+        <v>6.04780052E8</v>
+      </c>
+      <c r="B225" s="22" t="s">
         <v>341</v>
       </c>
       <c r="C225" s="24" t="s">
         <v>342</v>
       </c>
-      <c r="D225" s="24" t="s">
-        <v>7</v>
+      <c r="D225" s="22" t="s">
+        <v>11</v>
       </c>
       <c r="E225" s="23"/>
       <c r="F225" s="23"/>
       <c r="G225" s="23"/>
       <c r="H225" s="23"/>
       <c r="I225" s="23"/>
       <c r="J225" s="23"/>
       <c r="K225" s="23"/>
       <c r="L225" s="23"/>
       <c r="M225" s="23"/>
       <c r="N225" s="23"/>
       <c r="O225" s="23"/>
       <c r="P225" s="23"/>
       <c r="Q225" s="23"/>
       <c r="R225" s="23"/>
       <c r="S225" s="23"/>
       <c r="T225" s="23"/>
       <c r="U225" s="23"/>
       <c r="V225" s="23"/>
       <c r="W225" s="23"/>
       <c r="X225" s="23"/>
       <c r="Y225" s="23"/>
     </row>
     <row r="226">
-      <c r="A226" s="51">
-[...2 lines deleted...]
-      <c r="B226" s="20" t="s">
+      <c r="A226" s="76">
+        <v>6.0478006E8</v>
+      </c>
+      <c r="B226" s="22" t="s">
         <v>343</v>
       </c>
-      <c r="C226" s="21" t="s">
+      <c r="C226" s="24" t="s">
         <v>342</v>
       </c>
-      <c r="D226" s="24" t="s">
+      <c r="D226" s="61" t="s">
         <v>7</v>
       </c>
       <c r="E226" s="23"/>
       <c r="F226" s="23"/>
       <c r="G226" s="23"/>
       <c r="H226" s="23"/>
       <c r="I226" s="23"/>
       <c r="J226" s="23"/>
       <c r="K226" s="23"/>
       <c r="L226" s="23"/>
       <c r="M226" s="23"/>
       <c r="N226" s="23"/>
       <c r="O226" s="23"/>
       <c r="P226" s="23"/>
       <c r="Q226" s="23"/>
       <c r="R226" s="23"/>
       <c r="S226" s="23"/>
       <c r="T226" s="23"/>
       <c r="U226" s="23"/>
       <c r="V226" s="23"/>
       <c r="W226" s="23"/>
       <c r="X226" s="23"/>
       <c r="Y226" s="23"/>
     </row>
     <row r="227">
-      <c r="A227" s="44">
-[...2 lines deleted...]
-      <c r="B227" s="32" t="s">
+      <c r="A227" s="51">
+        <v>6.04590016E8</v>
+      </c>
+      <c r="B227" s="24" t="s">
         <v>344</v>
       </c>
-      <c r="C227" s="76" t="s">
-        <v>57</v>
+      <c r="C227" s="24" t="s">
+        <v>345</v>
       </c>
       <c r="D227" s="24" t="s">
-        <v>321</v>
+        <v>7</v>
       </c>
       <c r="E227" s="23"/>
       <c r="F227" s="23"/>
       <c r="G227" s="23"/>
       <c r="H227" s="23"/>
       <c r="I227" s="23"/>
       <c r="J227" s="23"/>
       <c r="K227" s="23"/>
       <c r="L227" s="23"/>
       <c r="M227" s="23"/>
       <c r="N227" s="23"/>
       <c r="O227" s="23"/>
       <c r="P227" s="23"/>
       <c r="Q227" s="23"/>
       <c r="R227" s="23"/>
       <c r="S227" s="23"/>
       <c r="T227" s="23"/>
       <c r="U227" s="23"/>
       <c r="V227" s="23"/>
       <c r="W227" s="23"/>
       <c r="X227" s="23"/>
       <c r="Y227" s="23"/>
     </row>
     <row r="228">
-      <c r="A228" s="44">
-[...2 lines deleted...]
-      <c r="B228" s="30" t="s">
+      <c r="A228" s="51">
+        <v>6.04590024E8</v>
+      </c>
+      <c r="B228" s="20" t="s">
+        <v>346</v>
+      </c>
+      <c r="C228" s="21" t="s">
         <v>345</v>
       </c>
-      <c r="C228" s="76" t="s">
-[...3 lines deleted...]
-        <v>11</v>
+      <c r="D228" s="24" t="s">
+        <v>7</v>
       </c>
       <c r="E228" s="23"/>
       <c r="F228" s="23"/>
       <c r="G228" s="23"/>
       <c r="H228" s="23"/>
       <c r="I228" s="23"/>
       <c r="J228" s="23"/>
       <c r="K228" s="23"/>
       <c r="L228" s="23"/>
       <c r="M228" s="23"/>
       <c r="N228" s="23"/>
       <c r="O228" s="23"/>
       <c r="P228" s="23"/>
       <c r="Q228" s="23"/>
       <c r="R228" s="23"/>
       <c r="S228" s="23"/>
       <c r="T228" s="23"/>
       <c r="U228" s="23"/>
       <c r="V228" s="23"/>
       <c r="W228" s="23"/>
       <c r="X228" s="23"/>
       <c r="Y228" s="23"/>
     </row>
     <row r="229">
       <c r="A229" s="44">
-        <v>6.04500033E8</v>
-[...1 lines deleted...]
-      <c r="B229" s="30" t="s">
+        <v>6.04860013E8</v>
+      </c>
+      <c r="B229" s="32" t="s">
         <v>347</v>
       </c>
-      <c r="C229" s="76" t="s">
-[...3 lines deleted...]
-        <v>11</v>
+      <c r="C229" s="77" t="s">
+        <v>57</v>
+      </c>
+      <c r="D229" s="24" t="s">
+        <v>324</v>
       </c>
       <c r="E229" s="23"/>
       <c r="F229" s="23"/>
       <c r="G229" s="23"/>
       <c r="H229" s="23"/>
       <c r="I229" s="23"/>
       <c r="J229" s="23"/>
       <c r="K229" s="23"/>
       <c r="L229" s="23"/>
       <c r="M229" s="23"/>
       <c r="N229" s="23"/>
       <c r="O229" s="23"/>
       <c r="P229" s="23"/>
       <c r="Q229" s="23"/>
       <c r="R229" s="23"/>
       <c r="S229" s="23"/>
       <c r="T229" s="23"/>
       <c r="U229" s="23"/>
       <c r="V229" s="23"/>
       <c r="W229" s="23"/>
       <c r="X229" s="23"/>
       <c r="Y229" s="23"/>
     </row>
     <row r="230">
-      <c r="A230" s="51">
-[...2 lines deleted...]
-      <c r="B230" s="20" t="s">
+      <c r="A230" s="44">
+        <v>6.0450005E8</v>
+      </c>
+      <c r="B230" s="30" t="s">
         <v>348</v>
       </c>
-      <c r="C230" s="21" t="s">
+      <c r="C230" s="77" t="s">
         <v>349</v>
       </c>
-      <c r="D230" s="24" t="s">
+      <c r="D230" s="30" t="s">
         <v>11</v>
       </c>
       <c r="E230" s="23"/>
       <c r="F230" s="23"/>
       <c r="G230" s="23"/>
       <c r="H230" s="23"/>
       <c r="I230" s="23"/>
       <c r="J230" s="23"/>
       <c r="K230" s="23"/>
       <c r="L230" s="23"/>
       <c r="M230" s="23"/>
       <c r="N230" s="23"/>
       <c r="O230" s="23"/>
       <c r="P230" s="23"/>
       <c r="Q230" s="23"/>
       <c r="R230" s="23"/>
       <c r="S230" s="23"/>
       <c r="T230" s="23"/>
       <c r="U230" s="23"/>
       <c r="V230" s="23"/>
       <c r="W230" s="23"/>
       <c r="X230" s="23"/>
       <c r="Y230" s="23"/>
     </row>
     <row r="231">
-      <c r="A231" s="51">
-[...2 lines deleted...]
-      <c r="B231" s="20" t="s">
+      <c r="A231" s="44">
+        <v>6.04500033E8</v>
+      </c>
+      <c r="B231" s="30" t="s">
         <v>350</v>
       </c>
-      <c r="C231" s="21" t="s">
+      <c r="C231" s="77" t="s">
         <v>349</v>
       </c>
-      <c r="D231" s="24" t="s">
+      <c r="D231" s="30" t="s">
         <v>11</v>
       </c>
       <c r="E231" s="23"/>
       <c r="F231" s="23"/>
       <c r="G231" s="23"/>
       <c r="H231" s="23"/>
       <c r="I231" s="23"/>
       <c r="J231" s="23"/>
       <c r="K231" s="23"/>
       <c r="L231" s="23"/>
       <c r="M231" s="23"/>
       <c r="N231" s="23"/>
       <c r="O231" s="23"/>
       <c r="P231" s="23"/>
       <c r="Q231" s="23"/>
       <c r="R231" s="23"/>
       <c r="S231" s="23"/>
       <c r="T231" s="23"/>
       <c r="U231" s="23"/>
       <c r="V231" s="23"/>
       <c r="W231" s="23"/>
       <c r="X231" s="23"/>
       <c r="Y231" s="23"/>
     </row>
     <row r="232">
       <c r="A232" s="51">
-        <v>6.04290071E8</v>
+        <v>6.0429008E8</v>
       </c>
       <c r="B232" s="20" t="s">
         <v>351</v>
       </c>
       <c r="C232" s="21" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="D232" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E232" s="23"/>
       <c r="F232" s="23"/>
       <c r="G232" s="23"/>
       <c r="H232" s="23"/>
       <c r="I232" s="23"/>
       <c r="J232" s="23"/>
       <c r="K232" s="23"/>
       <c r="L232" s="23"/>
       <c r="M232" s="23"/>
       <c r="N232" s="23"/>
       <c r="O232" s="23"/>
       <c r="P232" s="23"/>
       <c r="Q232" s="23"/>
       <c r="R232" s="23"/>
       <c r="S232" s="23"/>
       <c r="T232" s="23"/>
       <c r="U232" s="23"/>
       <c r="V232" s="23"/>
       <c r="W232" s="23"/>
       <c r="X232" s="23"/>
       <c r="Y232" s="23"/>
     </row>
     <row r="233">
       <c r="A233" s="51">
-        <v>6.04240066E8</v>
+        <v>6.04290063E8</v>
       </c>
       <c r="B233" s="20" t="s">
+        <v>353</v>
+      </c>
+      <c r="C233" s="21" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
       <c r="D233" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E233" s="23"/>
       <c r="F233" s="23"/>
       <c r="G233" s="23"/>
       <c r="H233" s="23"/>
       <c r="I233" s="23"/>
       <c r="J233" s="23"/>
       <c r="K233" s="23"/>
       <c r="L233" s="23"/>
       <c r="M233" s="23"/>
       <c r="N233" s="23"/>
       <c r="O233" s="23"/>
       <c r="P233" s="23"/>
       <c r="Q233" s="23"/>
       <c r="R233" s="23"/>
       <c r="S233" s="23"/>
       <c r="T233" s="23"/>
       <c r="U233" s="23"/>
       <c r="V233" s="23"/>
       <c r="W233" s="23"/>
       <c r="X233" s="23"/>
       <c r="Y233" s="23"/>
     </row>
     <row r="234">
       <c r="A234" s="51">
-        <v>6.04650027E8</v>
+        <v>6.04290071E8</v>
       </c>
       <c r="B234" s="20" t="s">
         <v>354</v>
       </c>
       <c r="C234" s="21" t="s">
-        <v>129</v>
+        <v>352</v>
       </c>
       <c r="D234" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E234" s="23"/>
       <c r="F234" s="23"/>
       <c r="G234" s="23"/>
       <c r="H234" s="23"/>
       <c r="I234" s="23"/>
       <c r="J234" s="23"/>
       <c r="K234" s="23"/>
       <c r="L234" s="23"/>
       <c r="M234" s="23"/>
       <c r="N234" s="23"/>
       <c r="O234" s="23"/>
       <c r="P234" s="23"/>
       <c r="Q234" s="23"/>
       <c r="R234" s="23"/>
       <c r="S234" s="23"/>
       <c r="T234" s="23"/>
       <c r="U234" s="23"/>
       <c r="V234" s="23"/>
       <c r="W234" s="23"/>
       <c r="X234" s="23"/>
       <c r="Y234" s="23"/>
     </row>
     <row r="235">
-      <c r="A235" s="44">
-[...2 lines deleted...]
-      <c r="B235" s="30" t="s">
+      <c r="A235" s="51">
+        <v>6.04240066E8</v>
+      </c>
+      <c r="B235" s="20" t="s">
         <v>355</v>
       </c>
       <c r="C235" s="21" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D235" s="22" t="s">
         <v>356</v>
+      </c>
+      <c r="D235" s="24" t="s">
+        <v>11</v>
       </c>
       <c r="E235" s="23"/>
       <c r="F235" s="23"/>
       <c r="G235" s="23"/>
       <c r="H235" s="23"/>
       <c r="I235" s="23"/>
       <c r="J235" s="23"/>
       <c r="K235" s="23"/>
       <c r="L235" s="23"/>
       <c r="M235" s="23"/>
       <c r="N235" s="23"/>
       <c r="O235" s="23"/>
       <c r="P235" s="23"/>
       <c r="Q235" s="23"/>
       <c r="R235" s="23"/>
       <c r="S235" s="23"/>
       <c r="T235" s="23"/>
       <c r="U235" s="23"/>
       <c r="V235" s="23"/>
       <c r="W235" s="23"/>
       <c r="X235" s="23"/>
       <c r="Y235" s="23"/>
     </row>
     <row r="236">
-      <c r="A236" s="29"/>
-[...1 lines deleted...]
-      <c r="C236" s="77" t="s">
+      <c r="A236" s="51">
+        <v>6.04650027E8</v>
+      </c>
+      <c r="B236" s="20" t="s">
         <v>357</v>
       </c>
-      <c r="D236" s="78" t="s">
-        <v>106</v>
+      <c r="C236" s="21" t="s">
+        <v>131</v>
+      </c>
+      <c r="D236" s="24" t="s">
+        <v>11</v>
       </c>
       <c r="E236" s="23"/>
       <c r="F236" s="23"/>
       <c r="G236" s="23"/>
       <c r="H236" s="23"/>
       <c r="I236" s="23"/>
       <c r="J236" s="23"/>
       <c r="K236" s="23"/>
       <c r="L236" s="23"/>
       <c r="M236" s="23"/>
       <c r="N236" s="23"/>
       <c r="O236" s="23"/>
       <c r="P236" s="23"/>
       <c r="Q236" s="23"/>
       <c r="R236" s="23"/>
       <c r="S236" s="23"/>
       <c r="T236" s="23"/>
       <c r="U236" s="23"/>
       <c r="V236" s="23"/>
       <c r="W236" s="23"/>
       <c r="X236" s="23"/>
       <c r="Y236" s="23"/>
     </row>
     <row r="237">
       <c r="A237" s="44">
-        <v>6.04110049E8</v>
+        <v>6.04320043E8</v>
       </c>
       <c r="B237" s="30" t="s">
         <v>358</v>
       </c>
       <c r="C237" s="21" t="s">
+        <v>6</v>
+      </c>
+      <c r="D237" s="22" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="E237" s="23"/>
       <c r="F237" s="23"/>
       <c r="G237" s="23"/>
       <c r="H237" s="23"/>
       <c r="I237" s="23"/>
       <c r="J237" s="23"/>
       <c r="K237" s="23"/>
       <c r="L237" s="23"/>
       <c r="M237" s="23"/>
       <c r="N237" s="23"/>
       <c r="O237" s="23"/>
       <c r="P237" s="23"/>
       <c r="Q237" s="23"/>
       <c r="R237" s="23"/>
       <c r="S237" s="23"/>
       <c r="T237" s="23"/>
       <c r="U237" s="23"/>
       <c r="V237" s="23"/>
       <c r="W237" s="23"/>
       <c r="X237" s="23"/>
       <c r="Y237" s="23"/>
     </row>
     <row r="238">
       <c r="A238" s="29"/>
       <c r="B238" s="29"/>
-      <c r="C238" s="21" t="s">
+      <c r="C238" s="78" t="s">
         <v>360</v>
       </c>
-      <c r="D238" s="24" t="s">
-        <v>7</v>
+      <c r="D238" s="79" t="s">
+        <v>106</v>
       </c>
       <c r="E238" s="23"/>
       <c r="F238" s="23"/>
       <c r="G238" s="23"/>
       <c r="H238" s="23"/>
       <c r="I238" s="23"/>
       <c r="J238" s="23"/>
       <c r="K238" s="23"/>
       <c r="L238" s="23"/>
       <c r="M238" s="23"/>
       <c r="N238" s="23"/>
       <c r="O238" s="23"/>
       <c r="P238" s="23"/>
       <c r="Q238" s="23"/>
       <c r="R238" s="23"/>
       <c r="S238" s="23"/>
       <c r="T238" s="23"/>
       <c r="U238" s="23"/>
       <c r="V238" s="23"/>
       <c r="W238" s="23"/>
       <c r="X238" s="23"/>
       <c r="Y238" s="23"/>
     </row>
     <row r="239">
       <c r="A239" s="44">
-        <v>6.0411003E8</v>
+        <v>6.04110049E8</v>
       </c>
       <c r="B239" s="30" t="s">
         <v>361</v>
       </c>
       <c r="C239" s="21" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="D239" s="24" t="s">
         <v>7</v>
       </c>
       <c r="E239" s="23"/>
       <c r="F239" s="23"/>
       <c r="G239" s="23"/>
       <c r="H239" s="23"/>
       <c r="I239" s="23"/>
       <c r="J239" s="23"/>
       <c r="K239" s="23"/>
       <c r="L239" s="23"/>
       <c r="M239" s="23"/>
       <c r="N239" s="23"/>
       <c r="O239" s="23"/>
       <c r="P239" s="23"/>
       <c r="Q239" s="23"/>
       <c r="R239" s="23"/>
       <c r="S239" s="23"/>
       <c r="T239" s="23"/>
       <c r="U239" s="23"/>
       <c r="V239" s="23"/>
       <c r="W239" s="23"/>
       <c r="X239" s="23"/>
       <c r="Y239" s="23"/>
     </row>
     <row r="240">
       <c r="A240" s="29"/>
       <c r="B240" s="29"/>
       <c r="C240" s="21" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="D240" s="24" t="s">
-        <v>295</v>
+        <v>7</v>
       </c>
       <c r="E240" s="23"/>
       <c r="F240" s="23"/>
       <c r="G240" s="23"/>
       <c r="H240" s="23"/>
       <c r="I240" s="23"/>
       <c r="J240" s="23"/>
       <c r="K240" s="23"/>
       <c r="L240" s="23"/>
       <c r="M240" s="23"/>
       <c r="N240" s="23"/>
       <c r="O240" s="23"/>
       <c r="P240" s="23"/>
       <c r="Q240" s="23"/>
       <c r="R240" s="23"/>
       <c r="S240" s="23"/>
       <c r="T240" s="23"/>
       <c r="U240" s="23"/>
       <c r="V240" s="23"/>
       <c r="W240" s="23"/>
       <c r="X240" s="23"/>
       <c r="Y240" s="23"/>
     </row>
     <row r="241">
-      <c r="A241" s="79">
-[...2 lines deleted...]
-      <c r="B241" s="20" t="s">
+      <c r="A241" s="44">
+        <v>6.0411003E8</v>
+      </c>
+      <c r="B241" s="30" t="s">
+        <v>364</v>
+      </c>
+      <c r="C241" s="21" t="s">
         <v>362</v>
       </c>
-      <c r="C241" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D241" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E241" s="23"/>
       <c r="F241" s="23"/>
       <c r="G241" s="23"/>
       <c r="H241" s="23"/>
       <c r="I241" s="23"/>
       <c r="J241" s="23"/>
       <c r="K241" s="23"/>
       <c r="L241" s="23"/>
       <c r="M241" s="23"/>
       <c r="N241" s="23"/>
       <c r="O241" s="23"/>
       <c r="P241" s="23"/>
       <c r="Q241" s="23"/>
       <c r="R241" s="23"/>
       <c r="S241" s="23"/>
       <c r="T241" s="23"/>
       <c r="U241" s="23"/>
       <c r="V241" s="23"/>
       <c r="W241" s="23"/>
       <c r="X241" s="23"/>
       <c r="Y241" s="23"/>
     </row>
     <row r="242">
-      <c r="A242" s="80">
-[...2 lines deleted...]
-      <c r="B242" s="22" t="s">
+      <c r="A242" s="29"/>
+      <c r="B242" s="29"/>
+      <c r="C242" s="21" t="s">
         <v>363</v>
       </c>
-      <c r="C242" s="33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D242" s="24" t="s">
-        <v>11</v>
+        <v>298</v>
       </c>
       <c r="E242" s="23"/>
       <c r="F242" s="23"/>
       <c r="G242" s="23"/>
       <c r="H242" s="23"/>
       <c r="I242" s="23"/>
       <c r="J242" s="23"/>
       <c r="K242" s="23"/>
       <c r="L242" s="23"/>
       <c r="M242" s="23"/>
       <c r="N242" s="23"/>
       <c r="O242" s="23"/>
       <c r="P242" s="23"/>
       <c r="Q242" s="23"/>
       <c r="R242" s="23"/>
       <c r="S242" s="23"/>
       <c r="T242" s="23"/>
       <c r="U242" s="23"/>
       <c r="V242" s="23"/>
       <c r="W242" s="23"/>
       <c r="X242" s="23"/>
       <c r="Y242" s="23"/>
     </row>
     <row r="243">
-      <c r="A243" s="51">
-        <v>6.04500114E8</v>
+      <c r="A243" s="80">
+        <v>6.04500106E8</v>
       </c>
       <c r="B243" s="20" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C243" s="21" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D243" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E243" s="23"/>
       <c r="F243" s="23"/>
       <c r="G243" s="23"/>
       <c r="H243" s="23"/>
       <c r="I243" s="23"/>
       <c r="J243" s="23"/>
       <c r="K243" s="23"/>
       <c r="L243" s="23"/>
       <c r="M243" s="23"/>
       <c r="N243" s="23"/>
       <c r="O243" s="23"/>
       <c r="P243" s="23"/>
       <c r="Q243" s="23"/>
       <c r="R243" s="23"/>
       <c r="S243" s="23"/>
       <c r="T243" s="23"/>
       <c r="U243" s="23"/>
       <c r="V243" s="23"/>
       <c r="W243" s="23"/>
       <c r="X243" s="23"/>
       <c r="Y243" s="23"/>
     </row>
     <row r="244">
-      <c r="A244" s="80">
-        <v>6.04500149E8</v>
+      <c r="A244" s="81">
+        <v>6.0450013E8</v>
       </c>
       <c r="B244" s="22" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C244" s="33" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D244" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E244" s="23"/>
       <c r="F244" s="23"/>
       <c r="G244" s="23"/>
       <c r="H244" s="23"/>
       <c r="I244" s="23"/>
       <c r="J244" s="23"/>
       <c r="K244" s="23"/>
       <c r="L244" s="23"/>
       <c r="M244" s="23"/>
       <c r="N244" s="23"/>
       <c r="O244" s="23"/>
       <c r="P244" s="23"/>
       <c r="Q244" s="23"/>
       <c r="R244" s="23"/>
       <c r="S244" s="23"/>
       <c r="T244" s="23"/>
       <c r="U244" s="23"/>
       <c r="V244" s="23"/>
       <c r="W244" s="23"/>
       <c r="X244" s="23"/>
       <c r="Y244" s="23"/>
     </row>
     <row r="245">
       <c r="A245" s="51">
-        <v>6.04500122E8</v>
+        <v>6.04500114E8</v>
       </c>
       <c r="B245" s="20" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C245" s="21" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>197</v>
+      </c>
+      <c r="D245" s="24" t="s">
+        <v>11</v>
       </c>
       <c r="E245" s="23"/>
       <c r="F245" s="23"/>
       <c r="G245" s="23"/>
       <c r="H245" s="23"/>
       <c r="I245" s="23"/>
       <c r="J245" s="23"/>
       <c r="K245" s="23"/>
       <c r="L245" s="23"/>
       <c r="M245" s="23"/>
       <c r="N245" s="23"/>
       <c r="O245" s="23"/>
       <c r="P245" s="23"/>
       <c r="Q245" s="23"/>
       <c r="R245" s="23"/>
       <c r="S245" s="23"/>
       <c r="T245" s="23"/>
       <c r="U245" s="23"/>
       <c r="V245" s="23"/>
       <c r="W245" s="23"/>
       <c r="X245" s="23"/>
       <c r="Y245" s="23"/>
     </row>
     <row r="246">
-      <c r="A246" s="68">
-[...6 lines deleted...]
-        <v>195</v>
+      <c r="A246" s="81">
+        <v>6.04500149E8</v>
+      </c>
+      <c r="B246" s="22" t="s">
+        <v>368</v>
+      </c>
+      <c r="C246" s="33" t="s">
+        <v>197</v>
       </c>
       <c r="D246" s="24" t="s">
         <v>11</v>
       </c>
-      <c r="E246" s="58"/>
-[...19 lines deleted...]
-      <c r="Y246" s="58"/>
+      <c r="E246" s="23"/>
+      <c r="F246" s="23"/>
+      <c r="G246" s="23"/>
+      <c r="H246" s="23"/>
+      <c r="I246" s="23"/>
+      <c r="J246" s="23"/>
+      <c r="K246" s="23"/>
+      <c r="L246" s="23"/>
+      <c r="M246" s="23"/>
+      <c r="N246" s="23"/>
+      <c r="O246" s="23"/>
+      <c r="P246" s="23"/>
+      <c r="Q246" s="23"/>
+      <c r="R246" s="23"/>
+      <c r="S246" s="23"/>
+      <c r="T246" s="23"/>
+      <c r="U246" s="23"/>
+      <c r="V246" s="23"/>
+      <c r="W246" s="23"/>
+      <c r="X246" s="23"/>
+      <c r="Y246" s="23"/>
     </row>
     <row r="247">
       <c r="A247" s="51">
-        <v>6.04540078E8</v>
+        <v>6.04500122E8</v>
       </c>
       <c r="B247" s="20" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C247" s="21" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>197</v>
+      </c>
+      <c r="D247" s="22" t="s">
+        <v>7</v>
       </c>
       <c r="E247" s="23"/>
       <c r="F247" s="23"/>
       <c r="G247" s="23"/>
       <c r="H247" s="23"/>
       <c r="I247" s="23"/>
       <c r="J247" s="23"/>
       <c r="K247" s="23"/>
       <c r="L247" s="23"/>
       <c r="M247" s="23"/>
       <c r="N247" s="23"/>
       <c r="O247" s="23"/>
       <c r="P247" s="23"/>
       <c r="Q247" s="23"/>
       <c r="R247" s="23"/>
       <c r="S247" s="23"/>
       <c r="T247" s="23"/>
       <c r="U247" s="23"/>
       <c r="V247" s="23"/>
       <c r="W247" s="23"/>
       <c r="X247" s="23"/>
       <c r="Y247" s="23"/>
     </row>
     <row r="248">
-      <c r="A248" s="51">
-[...3 lines deleted...]
-        <v>369</v>
+      <c r="A248" s="73">
+        <v>6.04500092E8</v>
+      </c>
+      <c r="B248" s="59" t="s">
+        <v>370</v>
       </c>
       <c r="C248" s="21" t="s">
-        <v>370</v>
+        <v>197</v>
       </c>
       <c r="D248" s="24" t="s">
         <v>11</v>
       </c>
-      <c r="E248" s="23"/>
-[...19 lines deleted...]
-      <c r="Y248" s="23"/>
+      <c r="E248" s="62"/>
+      <c r="F248" s="62"/>
+      <c r="G248" s="62"/>
+      <c r="H248" s="62"/>
+      <c r="I248" s="62"/>
+      <c r="J248" s="62"/>
+      <c r="K248" s="62"/>
+      <c r="L248" s="62"/>
+      <c r="M248" s="62"/>
+      <c r="N248" s="62"/>
+      <c r="O248" s="62"/>
+      <c r="P248" s="62"/>
+      <c r="Q248" s="62"/>
+      <c r="R248" s="62"/>
+      <c r="S248" s="62"/>
+      <c r="T248" s="62"/>
+      <c r="U248" s="62"/>
+      <c r="V248" s="62"/>
+      <c r="W248" s="62"/>
+      <c r="X248" s="62"/>
+      <c r="Y248" s="62"/>
     </row>
     <row r="249">
-      <c r="A249" s="44">
-[...2 lines deleted...]
-      <c r="B249" s="30" t="s">
+      <c r="A249" s="51">
+        <v>6.04540078E8</v>
+      </c>
+      <c r="B249" s="20" t="s">
         <v>371</v>
       </c>
       <c r="C249" s="21" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>238</v>
+      </c>
+      <c r="D249" s="24" t="s">
+        <v>11</v>
       </c>
       <c r="E249" s="23"/>
       <c r="F249" s="23"/>
       <c r="G249" s="23"/>
       <c r="H249" s="23"/>
       <c r="I249" s="23"/>
       <c r="J249" s="23"/>
       <c r="K249" s="23"/>
       <c r="L249" s="23"/>
       <c r="M249" s="23"/>
       <c r="N249" s="23"/>
       <c r="O249" s="23"/>
       <c r="P249" s="23"/>
       <c r="Q249" s="23"/>
       <c r="R249" s="23"/>
       <c r="S249" s="23"/>
       <c r="T249" s="23"/>
       <c r="U249" s="23"/>
       <c r="V249" s="23"/>
       <c r="W249" s="23"/>
       <c r="X249" s="23"/>
       <c r="Y249" s="23"/>
     </row>
     <row r="250">
-      <c r="A250" s="31"/>
-      <c r="B250" s="31"/>
+      <c r="A250" s="51">
+        <v>6.0484002E8</v>
+      </c>
+      <c r="B250" s="24" t="s">
+        <v>372</v>
+      </c>
       <c r="C250" s="21" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D250" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E250" s="23"/>
       <c r="F250" s="23"/>
       <c r="G250" s="23"/>
       <c r="H250" s="23"/>
       <c r="I250" s="23"/>
       <c r="J250" s="23"/>
       <c r="K250" s="23"/>
       <c r="L250" s="23"/>
       <c r="M250" s="23"/>
       <c r="N250" s="23"/>
       <c r="O250" s="23"/>
       <c r="P250" s="23"/>
       <c r="Q250" s="23"/>
       <c r="R250" s="23"/>
       <c r="S250" s="23"/>
       <c r="T250" s="23"/>
       <c r="U250" s="23"/>
       <c r="V250" s="23"/>
       <c r="W250" s="23"/>
       <c r="X250" s="23"/>
       <c r="Y250" s="23"/>
     </row>
     <row r="251">
-      <c r="A251" s="68">
-[...5 lines deleted...]
-      <c r="C251" s="25" t="s">
+      <c r="A251" s="44">
+        <v>6.04010079E8</v>
+      </c>
+      <c r="B251" s="30" t="s">
         <v>374</v>
       </c>
+      <c r="C251" s="21" t="s">
+        <v>107</v>
+      </c>
       <c r="D251" s="22" t="s">
-        <v>169</v>
-[...21 lines deleted...]
-      <c r="Y251" s="58"/>
+        <v>171</v>
+      </c>
+      <c r="E251" s="23"/>
+      <c r="F251" s="23"/>
+      <c r="G251" s="23"/>
+      <c r="H251" s="23"/>
+      <c r="I251" s="23"/>
+      <c r="J251" s="23"/>
+      <c r="K251" s="23"/>
+      <c r="L251" s="23"/>
+      <c r="M251" s="23"/>
+      <c r="N251" s="23"/>
+      <c r="O251" s="23"/>
+      <c r="P251" s="23"/>
+      <c r="Q251" s="23"/>
+      <c r="R251" s="23"/>
+      <c r="S251" s="23"/>
+      <c r="T251" s="23"/>
+      <c r="U251" s="23"/>
+      <c r="V251" s="23"/>
+      <c r="W251" s="23"/>
+      <c r="X251" s="23"/>
+      <c r="Y251" s="23"/>
     </row>
     <row r="252">
-      <c r="A252" s="44">
-[...2 lines deleted...]
-      <c r="B252" s="30" t="s">
+      <c r="A252" s="31"/>
+      <c r="B252" s="31"/>
+      <c r="C252" s="21" t="s">
         <v>375</v>
       </c>
-      <c r="C252" s="21" t="s">
-[...3 lines deleted...]
-        <v>169</v>
+      <c r="D252" s="24" t="s">
+        <v>11</v>
       </c>
       <c r="E252" s="23"/>
       <c r="F252" s="23"/>
       <c r="G252" s="23"/>
       <c r="H252" s="23"/>
       <c r="I252" s="23"/>
       <c r="J252" s="23"/>
       <c r="K252" s="23"/>
       <c r="L252" s="23"/>
       <c r="M252" s="23"/>
       <c r="N252" s="23"/>
       <c r="O252" s="23"/>
       <c r="P252" s="23"/>
       <c r="Q252" s="23"/>
       <c r="R252" s="23"/>
       <c r="S252" s="23"/>
       <c r="T252" s="23"/>
       <c r="U252" s="23"/>
       <c r="V252" s="23"/>
       <c r="W252" s="23"/>
       <c r="X252" s="23"/>
       <c r="Y252" s="23"/>
     </row>
     <row r="253">
-      <c r="A253" s="31"/>
-[...27 lines deleted...]
-      <c r="Y253" s="23"/>
+      <c r="A253" s="73">
+        <v>6.04010109E8</v>
+      </c>
+      <c r="B253" s="22" t="s">
+        <v>376</v>
+      </c>
+      <c r="C253" s="25" t="s">
+        <v>377</v>
+      </c>
+      <c r="D253" s="22" t="s">
+        <v>171</v>
+      </c>
+      <c r="E253" s="62"/>
+      <c r="F253" s="62"/>
+      <c r="G253" s="62"/>
+      <c r="H253" s="62"/>
+      <c r="I253" s="62"/>
+      <c r="J253" s="62"/>
+      <c r="K253" s="62"/>
+      <c r="L253" s="62"/>
+      <c r="M253" s="62"/>
+      <c r="N253" s="62"/>
+      <c r="O253" s="62"/>
+      <c r="P253" s="62"/>
+      <c r="Q253" s="62"/>
+      <c r="R253" s="62"/>
+      <c r="S253" s="62"/>
+      <c r="T253" s="62"/>
+      <c r="U253" s="62"/>
+      <c r="V253" s="62"/>
+      <c r="W253" s="62"/>
+      <c r="X253" s="62"/>
+      <c r="Y253" s="62"/>
     </row>
     <row r="254">
       <c r="A254" s="44">
-        <v>6.04010044E8</v>
+        <v>6.0401006E8</v>
       </c>
       <c r="B254" s="30" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C254" s="21" t="s">
         <v>107</v>
       </c>
       <c r="D254" s="22" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E254" s="23"/>
       <c r="F254" s="23"/>
       <c r="G254" s="23"/>
       <c r="H254" s="23"/>
       <c r="I254" s="23"/>
       <c r="J254" s="23"/>
       <c r="K254" s="23"/>
       <c r="L254" s="23"/>
       <c r="M254" s="23"/>
       <c r="N254" s="23"/>
       <c r="O254" s="23"/>
       <c r="P254" s="23"/>
       <c r="Q254" s="23"/>
       <c r="R254" s="23"/>
       <c r="S254" s="23"/>
       <c r="T254" s="23"/>
       <c r="U254" s="23"/>
       <c r="V254" s="23"/>
       <c r="W254" s="23"/>
       <c r="X254" s="23"/>
       <c r="Y254" s="23"/>
     </row>
     <row r="255">
       <c r="A255" s="31"/>
-      <c r="B255" s="29"/>
+      <c r="B255" s="31"/>
       <c r="C255" s="28" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="D255" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E255" s="23"/>
       <c r="F255" s="23"/>
       <c r="G255" s="23"/>
       <c r="H255" s="23"/>
       <c r="I255" s="23"/>
       <c r="J255" s="23"/>
       <c r="K255" s="23"/>
       <c r="L255" s="23"/>
       <c r="M255" s="23"/>
       <c r="N255" s="23"/>
       <c r="O255" s="23"/>
       <c r="P255" s="23"/>
       <c r="Q255" s="23"/>
       <c r="R255" s="23"/>
       <c r="S255" s="23"/>
       <c r="T255" s="23"/>
       <c r="U255" s="23"/>
       <c r="V255" s="23"/>
       <c r="W255" s="23"/>
       <c r="X255" s="23"/>
       <c r="Y255" s="23"/>
     </row>
     <row r="256">
       <c r="A256" s="44">
-        <v>6.0401001E8</v>
+        <v>6.04010044E8</v>
       </c>
       <c r="B256" s="30" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>379</v>
+      </c>
+      <c r="C256" s="21" t="s">
+        <v>107</v>
       </c>
       <c r="D256" s="22" t="s">
-        <v>106</v>
+        <v>171</v>
       </c>
       <c r="E256" s="23"/>
       <c r="F256" s="23"/>
       <c r="G256" s="23"/>
       <c r="H256" s="23"/>
       <c r="I256" s="23"/>
       <c r="J256" s="23"/>
       <c r="K256" s="23"/>
       <c r="L256" s="23"/>
       <c r="M256" s="23"/>
       <c r="N256" s="23"/>
       <c r="O256" s="23"/>
       <c r="P256" s="23"/>
       <c r="Q256" s="23"/>
       <c r="R256" s="23"/>
       <c r="S256" s="23"/>
       <c r="T256" s="23"/>
       <c r="U256" s="23"/>
       <c r="V256" s="23"/>
       <c r="W256" s="23"/>
       <c r="X256" s="23"/>
       <c r="Y256" s="23"/>
     </row>
     <row r="257">
-      <c r="A257" s="29"/>
+      <c r="A257" s="31"/>
       <c r="B257" s="29"/>
       <c r="C257" s="28" t="s">
-        <v>107</v>
+        <v>375</v>
       </c>
       <c r="D257" s="24" t="s">
-        <v>378</v>
+        <v>11</v>
       </c>
       <c r="E257" s="23"/>
       <c r="F257" s="23"/>
       <c r="G257" s="23"/>
       <c r="H257" s="23"/>
       <c r="I257" s="23"/>
       <c r="J257" s="23"/>
       <c r="K257" s="23"/>
       <c r="L257" s="23"/>
       <c r="M257" s="23"/>
       <c r="N257" s="23"/>
       <c r="O257" s="23"/>
       <c r="P257" s="23"/>
       <c r="Q257" s="23"/>
       <c r="R257" s="23"/>
       <c r="S257" s="23"/>
       <c r="T257" s="23"/>
       <c r="U257" s="23"/>
       <c r="V257" s="23"/>
       <c r="W257" s="23"/>
       <c r="X257" s="23"/>
       <c r="Y257" s="23"/>
     </row>
     <row r="258">
-      <c r="A258" s="31"/>
-      <c r="B258" s="31"/>
+      <c r="A258" s="44">
+        <v>6.0401001E8</v>
+      </c>
+      <c r="B258" s="30" t="s">
+        <v>380</v>
+      </c>
       <c r="C258" s="28" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>35</v>
+      </c>
+      <c r="D258" s="22" t="s">
+        <v>106</v>
       </c>
       <c r="E258" s="23"/>
       <c r="F258" s="23"/>
       <c r="G258" s="23"/>
       <c r="H258" s="23"/>
       <c r="I258" s="23"/>
       <c r="J258" s="23"/>
       <c r="K258" s="23"/>
       <c r="L258" s="23"/>
       <c r="M258" s="23"/>
       <c r="N258" s="23"/>
       <c r="O258" s="23"/>
       <c r="P258" s="23"/>
       <c r="Q258" s="23"/>
       <c r="R258" s="23"/>
       <c r="S258" s="23"/>
       <c r="T258" s="23"/>
       <c r="U258" s="23"/>
       <c r="V258" s="23"/>
       <c r="W258" s="23"/>
       <c r="X258" s="23"/>
       <c r="Y258" s="23"/>
     </row>
     <row r="259">
-      <c r="A259" s="44">
-[...4 lines deleted...]
-      </c>
+      <c r="A259" s="29"/>
+      <c r="B259" s="29"/>
       <c r="C259" s="28" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>107</v>
+      </c>
+      <c r="D259" s="24" t="s">
+        <v>381</v>
       </c>
       <c r="E259" s="23"/>
       <c r="F259" s="23"/>
       <c r="G259" s="23"/>
       <c r="H259" s="23"/>
       <c r="I259" s="23"/>
       <c r="J259" s="23"/>
       <c r="K259" s="23"/>
       <c r="L259" s="23"/>
       <c r="M259" s="23"/>
       <c r="N259" s="23"/>
       <c r="O259" s="23"/>
       <c r="P259" s="23"/>
       <c r="Q259" s="23"/>
       <c r="R259" s="23"/>
       <c r="S259" s="23"/>
       <c r="T259" s="23"/>
       <c r="U259" s="23"/>
       <c r="V259" s="23"/>
       <c r="W259" s="23"/>
       <c r="X259" s="23"/>
       <c r="Y259" s="23"/>
     </row>
     <row r="260">
-      <c r="A260" s="29"/>
-      <c r="B260" s="29"/>
+      <c r="A260" s="31"/>
+      <c r="B260" s="31"/>
       <c r="C260" s="28" t="s">
-        <v>107</v>
+        <v>375</v>
       </c>
       <c r="D260" s="24" t="s">
-        <v>378</v>
+        <v>11</v>
       </c>
       <c r="E260" s="23"/>
       <c r="F260" s="23"/>
       <c r="G260" s="23"/>
       <c r="H260" s="23"/>
       <c r="I260" s="23"/>
       <c r="J260" s="23"/>
       <c r="K260" s="23"/>
       <c r="L260" s="23"/>
       <c r="M260" s="23"/>
       <c r="N260" s="23"/>
       <c r="O260" s="23"/>
       <c r="P260" s="23"/>
       <c r="Q260" s="23"/>
       <c r="R260" s="23"/>
       <c r="S260" s="23"/>
       <c r="T260" s="23"/>
       <c r="U260" s="23"/>
       <c r="V260" s="23"/>
       <c r="W260" s="23"/>
       <c r="X260" s="23"/>
       <c r="Y260" s="23"/>
     </row>
     <row r="261">
-      <c r="A261" s="31"/>
-      <c r="B261" s="31"/>
+      <c r="A261" s="44">
+        <v>6.04010028E8</v>
+      </c>
+      <c r="B261" s="30" t="s">
+        <v>382</v>
+      </c>
       <c r="C261" s="28" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>35</v>
+      </c>
+      <c r="D261" s="22" t="s">
+        <v>106</v>
       </c>
       <c r="E261" s="23"/>
       <c r="F261" s="23"/>
       <c r="G261" s="23"/>
       <c r="H261" s="23"/>
       <c r="I261" s="23"/>
       <c r="J261" s="23"/>
       <c r="K261" s="23"/>
       <c r="L261" s="23"/>
       <c r="M261" s="23"/>
       <c r="N261" s="23"/>
       <c r="O261" s="23"/>
       <c r="P261" s="23"/>
       <c r="Q261" s="23"/>
       <c r="R261" s="23"/>
       <c r="S261" s="23"/>
       <c r="T261" s="23"/>
       <c r="U261" s="23"/>
       <c r="V261" s="23"/>
       <c r="W261" s="23"/>
       <c r="X261" s="23"/>
       <c r="Y261" s="23"/>
     </row>
     <row r="262">
-      <c r="A262" s="44">
-[...5 lines deleted...]
-      <c r="C262" s="21" t="s">
+      <c r="A262" s="29"/>
+      <c r="B262" s="29"/>
+      <c r="C262" s="28" t="s">
         <v>107</v>
       </c>
       <c r="D262" s="24" t="s">
         <v>381</v>
       </c>
       <c r="E262" s="23"/>
       <c r="F262" s="23"/>
       <c r="G262" s="23"/>
       <c r="H262" s="23"/>
       <c r="I262" s="23"/>
       <c r="J262" s="23"/>
       <c r="K262" s="23"/>
       <c r="L262" s="23"/>
       <c r="M262" s="23"/>
       <c r="N262" s="23"/>
       <c r="O262" s="23"/>
       <c r="P262" s="23"/>
       <c r="Q262" s="23"/>
       <c r="R262" s="23"/>
       <c r="S262" s="23"/>
       <c r="T262" s="23"/>
       <c r="U262" s="23"/>
       <c r="V262" s="23"/>
       <c r="W262" s="23"/>
       <c r="X262" s="23"/>
       <c r="Y262" s="23"/>
     </row>
     <row r="263">
       <c r="A263" s="31"/>
       <c r="B263" s="31"/>
       <c r="C263" s="28" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="D263" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E263" s="23"/>
       <c r="F263" s="23"/>
       <c r="G263" s="23"/>
       <c r="H263" s="23"/>
       <c r="I263" s="23"/>
       <c r="J263" s="23"/>
       <c r="K263" s="23"/>
       <c r="L263" s="23"/>
       <c r="M263" s="23"/>
       <c r="N263" s="23"/>
       <c r="O263" s="23"/>
       <c r="P263" s="23"/>
       <c r="Q263" s="23"/>
       <c r="R263" s="23"/>
       <c r="S263" s="23"/>
       <c r="T263" s="23"/>
       <c r="U263" s="23"/>
       <c r="V263" s="23"/>
       <c r="W263" s="23"/>
       <c r="X263" s="23"/>
       <c r="Y263" s="23"/>
     </row>
     <row r="264">
       <c r="A264" s="44">
-        <v>6.04010036E8</v>
+        <v>6.04010052E8</v>
       </c>
       <c r="B264" s="30" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C264" s="21" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>107</v>
+      </c>
+      <c r="D264" s="24" t="s">
+        <v>384</v>
       </c>
       <c r="E264" s="23"/>
       <c r="F264" s="23"/>
       <c r="G264" s="23"/>
       <c r="H264" s="23"/>
       <c r="I264" s="23"/>
       <c r="J264" s="23"/>
       <c r="K264" s="23"/>
       <c r="L264" s="23"/>
       <c r="M264" s="23"/>
       <c r="N264" s="23"/>
       <c r="O264" s="23"/>
       <c r="P264" s="23"/>
       <c r="Q264" s="23"/>
       <c r="R264" s="23"/>
       <c r="S264" s="23"/>
       <c r="T264" s="23"/>
       <c r="U264" s="23"/>
       <c r="V264" s="23"/>
       <c r="W264" s="23"/>
       <c r="X264" s="23"/>
       <c r="Y264" s="23"/>
     </row>
     <row r="265">
-      <c r="A265" s="29"/>
-[...5 lines deleted...]
-        <v>169</v>
+      <c r="A265" s="31"/>
+      <c r="B265" s="31"/>
+      <c r="C265" s="28" t="s">
+        <v>375</v>
+      </c>
+      <c r="D265" s="24" t="s">
+        <v>11</v>
       </c>
       <c r="E265" s="23"/>
       <c r="F265" s="23"/>
       <c r="G265" s="23"/>
       <c r="H265" s="23"/>
       <c r="I265" s="23"/>
       <c r="J265" s="23"/>
       <c r="K265" s="23"/>
       <c r="L265" s="23"/>
       <c r="M265" s="23"/>
       <c r="N265" s="23"/>
       <c r="O265" s="23"/>
       <c r="P265" s="23"/>
       <c r="Q265" s="23"/>
       <c r="R265" s="23"/>
       <c r="S265" s="23"/>
       <c r="T265" s="23"/>
       <c r="U265" s="23"/>
       <c r="V265" s="23"/>
       <c r="W265" s="23"/>
       <c r="X265" s="23"/>
       <c r="Y265" s="23"/>
     </row>
     <row r="266">
-      <c r="A266" s="31"/>
-[...5 lines deleted...]
-        <v>11</v>
+      <c r="A266" s="44">
+        <v>6.04010036E8</v>
+      </c>
+      <c r="B266" s="30" t="s">
+        <v>385</v>
+      </c>
+      <c r="C266" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="D266" s="22" t="s">
+        <v>106</v>
       </c>
       <c r="E266" s="23"/>
       <c r="F266" s="23"/>
       <c r="G266" s="23"/>
       <c r="H266" s="23"/>
       <c r="I266" s="23"/>
       <c r="J266" s="23"/>
       <c r="K266" s="23"/>
       <c r="L266" s="23"/>
       <c r="M266" s="23"/>
       <c r="N266" s="23"/>
       <c r="O266" s="23"/>
       <c r="P266" s="23"/>
       <c r="Q266" s="23"/>
       <c r="R266" s="23"/>
       <c r="S266" s="23"/>
       <c r="T266" s="23"/>
       <c r="U266" s="23"/>
       <c r="V266" s="23"/>
       <c r="W266" s="23"/>
       <c r="X266" s="23"/>
       <c r="Y266" s="23"/>
     </row>
     <row r="267">
-      <c r="A267" s="51">
-[...4 lines deleted...]
-      </c>
+      <c r="A267" s="29"/>
+      <c r="B267" s="29"/>
       <c r="C267" s="21" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>107</v>
+      </c>
+      <c r="D267" s="22" t="s">
+        <v>171</v>
       </c>
       <c r="E267" s="23"/>
       <c r="F267" s="23"/>
       <c r="G267" s="23"/>
       <c r="H267" s="23"/>
       <c r="I267" s="23"/>
       <c r="J267" s="23"/>
       <c r="K267" s="23"/>
       <c r="L267" s="23"/>
       <c r="M267" s="23"/>
       <c r="N267" s="23"/>
       <c r="O267" s="23"/>
       <c r="P267" s="23"/>
       <c r="Q267" s="23"/>
       <c r="R267" s="23"/>
       <c r="S267" s="23"/>
       <c r="T267" s="23"/>
       <c r="U267" s="23"/>
       <c r="V267" s="23"/>
       <c r="W267" s="23"/>
       <c r="X267" s="23"/>
       <c r="Y267" s="23"/>
     </row>
     <row r="268">
-      <c r="A268" s="51">
-[...6 lines deleted...]
-        <v>384</v>
+      <c r="A268" s="31"/>
+      <c r="B268" s="31"/>
+      <c r="C268" s="28" t="s">
+        <v>375</v>
       </c>
       <c r="D268" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E268" s="23"/>
       <c r="F268" s="23"/>
       <c r="G268" s="23"/>
       <c r="H268" s="23"/>
       <c r="I268" s="23"/>
       <c r="J268" s="23"/>
       <c r="K268" s="23"/>
       <c r="L268" s="23"/>
       <c r="M268" s="23"/>
       <c r="N268" s="23"/>
       <c r="O268" s="23"/>
       <c r="P268" s="23"/>
       <c r="Q268" s="23"/>
       <c r="R268" s="23"/>
       <c r="S268" s="23"/>
       <c r="T268" s="23"/>
       <c r="U268" s="23"/>
       <c r="V268" s="23"/>
       <c r="W268" s="23"/>
       <c r="X268" s="23"/>
       <c r="Y268" s="23"/>
     </row>
     <row r="269">
-      <c r="A269" s="44">
-[...2 lines deleted...]
-      <c r="B269" s="30" t="s">
+      <c r="A269" s="51">
+        <v>6.04410018E8</v>
+      </c>
+      <c r="B269" s="20" t="s">
         <v>386</v>
       </c>
-      <c r="C269" s="28" t="s">
-        <v>151</v>
+      <c r="C269" s="21" t="s">
+        <v>387</v>
       </c>
       <c r="D269" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E269" s="23"/>
       <c r="F269" s="23"/>
       <c r="G269" s="23"/>
       <c r="H269" s="23"/>
       <c r="I269" s="23"/>
       <c r="J269" s="23"/>
       <c r="K269" s="23"/>
       <c r="L269" s="23"/>
       <c r="M269" s="23"/>
       <c r="N269" s="23"/>
       <c r="O269" s="23"/>
       <c r="P269" s="23"/>
       <c r="Q269" s="23"/>
       <c r="R269" s="23"/>
       <c r="S269" s="23"/>
       <c r="T269" s="23"/>
       <c r="U269" s="23"/>
       <c r="V269" s="23"/>
       <c r="W269" s="23"/>
       <c r="X269" s="23"/>
       <c r="Y269" s="23"/>
     </row>
     <row r="270">
-      <c r="A270" s="29"/>
-[...5 lines deleted...]
-        <v>170</v>
+      <c r="A270" s="51">
+        <v>6.04410026E8</v>
+      </c>
+      <c r="B270" s="20" t="s">
+        <v>388</v>
+      </c>
+      <c r="C270" s="21" t="s">
+        <v>387</v>
+      </c>
+      <c r="D270" s="24" t="s">
+        <v>11</v>
       </c>
       <c r="E270" s="23"/>
       <c r="F270" s="23"/>
       <c r="G270" s="23"/>
       <c r="H270" s="23"/>
       <c r="I270" s="23"/>
       <c r="J270" s="23"/>
       <c r="K270" s="23"/>
       <c r="L270" s="23"/>
       <c r="M270" s="23"/>
       <c r="N270" s="23"/>
       <c r="O270" s="23"/>
       <c r="P270" s="23"/>
       <c r="Q270" s="23"/>
       <c r="R270" s="23"/>
       <c r="S270" s="23"/>
       <c r="T270" s="23"/>
       <c r="U270" s="23"/>
       <c r="V270" s="23"/>
       <c r="W270" s="23"/>
       <c r="X270" s="23"/>
       <c r="Y270" s="23"/>
     </row>
     <row r="271">
-      <c r="A271" s="29"/>
-      <c r="B271" s="29"/>
+      <c r="A271" s="44">
+        <v>6.04530021E8</v>
+      </c>
+      <c r="B271" s="30" t="s">
+        <v>389</v>
+      </c>
       <c r="C271" s="28" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>172</v>
+        <v>153</v>
+      </c>
+      <c r="D271" s="24" t="s">
+        <v>7</v>
       </c>
       <c r="E271" s="23"/>
       <c r="F271" s="23"/>
       <c r="G271" s="23"/>
       <c r="H271" s="23"/>
       <c r="I271" s="23"/>
       <c r="J271" s="23"/>
       <c r="K271" s="23"/>
       <c r="L271" s="23"/>
       <c r="M271" s="23"/>
       <c r="N271" s="23"/>
       <c r="O271" s="23"/>
       <c r="P271" s="23"/>
       <c r="Q271" s="23"/>
       <c r="R271" s="23"/>
       <c r="S271" s="23"/>
       <c r="T271" s="23"/>
       <c r="U271" s="23"/>
       <c r="V271" s="23"/>
       <c r="W271" s="23"/>
       <c r="X271" s="23"/>
       <c r="Y271" s="23"/>
     </row>
     <row r="272">
-      <c r="A272" s="31"/>
-      <c r="B272" s="31"/>
+      <c r="A272" s="29"/>
+      <c r="B272" s="29"/>
       <c r="C272" s="28" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>6</v>
+      </c>
+      <c r="D272" s="22" t="s">
+        <v>172</v>
       </c>
       <c r="E272" s="23"/>
       <c r="F272" s="23"/>
       <c r="G272" s="23"/>
       <c r="H272" s="23"/>
       <c r="I272" s="23"/>
       <c r="J272" s="23"/>
       <c r="K272" s="23"/>
       <c r="L272" s="23"/>
       <c r="M272" s="23"/>
       <c r="N272" s="23"/>
       <c r="O272" s="23"/>
       <c r="P272" s="23"/>
       <c r="Q272" s="23"/>
       <c r="R272" s="23"/>
       <c r="S272" s="23"/>
       <c r="T272" s="23"/>
       <c r="U272" s="23"/>
       <c r="V272" s="23"/>
       <c r="W272" s="23"/>
       <c r="X272" s="23"/>
       <c r="Y272" s="23"/>
     </row>
     <row r="273">
-      <c r="A273" s="44">
-[...4 lines deleted...]
-      </c>
+      <c r="A273" s="29"/>
+      <c r="B273" s="29"/>
       <c r="C273" s="28" t="s">
-        <v>35</v>
+        <v>390</v>
       </c>
       <c r="D273" s="22" t="s">
-        <v>106</v>
+        <v>174</v>
       </c>
       <c r="E273" s="23"/>
       <c r="F273" s="23"/>
       <c r="G273" s="23"/>
       <c r="H273" s="23"/>
       <c r="I273" s="23"/>
       <c r="J273" s="23"/>
       <c r="K273" s="23"/>
       <c r="L273" s="23"/>
       <c r="M273" s="23"/>
       <c r="N273" s="23"/>
       <c r="O273" s="23"/>
       <c r="P273" s="23"/>
       <c r="Q273" s="23"/>
       <c r="R273" s="23"/>
       <c r="S273" s="23"/>
       <c r="T273" s="23"/>
       <c r="U273" s="23"/>
       <c r="V273" s="23"/>
       <c r="W273" s="23"/>
       <c r="X273" s="23"/>
       <c r="Y273" s="23"/>
     </row>
     <row r="274">
-      <c r="A274" s="29"/>
-      <c r="B274" s="29"/>
+      <c r="A274" s="31"/>
+      <c r="B274" s="31"/>
       <c r="C274" s="28" t="s">
-        <v>151</v>
+        <v>391</v>
       </c>
       <c r="D274" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E274" s="23"/>
       <c r="F274" s="23"/>
       <c r="G274" s="23"/>
       <c r="H274" s="23"/>
       <c r="I274" s="23"/>
       <c r="J274" s="23"/>
       <c r="K274" s="23"/>
       <c r="L274" s="23"/>
       <c r="M274" s="23"/>
       <c r="N274" s="23"/>
       <c r="O274" s="23"/>
       <c r="P274" s="23"/>
       <c r="Q274" s="23"/>
       <c r="R274" s="23"/>
       <c r="S274" s="23"/>
       <c r="T274" s="23"/>
       <c r="U274" s="23"/>
       <c r="V274" s="23"/>
       <c r="W274" s="23"/>
       <c r="X274" s="23"/>
       <c r="Y274" s="23"/>
     </row>
     <row r="275">
-      <c r="A275" s="29"/>
-      <c r="B275" s="29"/>
+      <c r="A275" s="44">
+        <v>6.0453003E8</v>
+      </c>
+      <c r="B275" s="30" t="s">
+        <v>392</v>
+      </c>
       <c r="C275" s="28" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
       <c r="D275" s="22" t="s">
-        <v>170</v>
+        <v>106</v>
       </c>
       <c r="E275" s="23"/>
       <c r="F275" s="23"/>
       <c r="G275" s="23"/>
       <c r="H275" s="23"/>
       <c r="I275" s="23"/>
       <c r="J275" s="23"/>
       <c r="K275" s="23"/>
       <c r="L275" s="23"/>
       <c r="M275" s="23"/>
       <c r="N275" s="23"/>
       <c r="O275" s="23"/>
       <c r="P275" s="23"/>
       <c r="Q275" s="23"/>
       <c r="R275" s="23"/>
       <c r="S275" s="23"/>
       <c r="T275" s="23"/>
       <c r="U275" s="23"/>
       <c r="V275" s="23"/>
       <c r="W275" s="23"/>
       <c r="X275" s="23"/>
       <c r="Y275" s="23"/>
     </row>
     <row r="276">
       <c r="A276" s="29"/>
       <c r="B276" s="29"/>
       <c r="C276" s="28" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>172</v>
+        <v>153</v>
+      </c>
+      <c r="D276" s="24" t="s">
+        <v>7</v>
       </c>
       <c r="E276" s="23"/>
       <c r="F276" s="23"/>
       <c r="G276" s="23"/>
       <c r="H276" s="23"/>
       <c r="I276" s="23"/>
       <c r="J276" s="23"/>
       <c r="K276" s="23"/>
       <c r="L276" s="23"/>
       <c r="M276" s="23"/>
       <c r="N276" s="23"/>
       <c r="O276" s="23"/>
       <c r="P276" s="23"/>
       <c r="Q276" s="23"/>
       <c r="R276" s="23"/>
       <c r="S276" s="23"/>
       <c r="T276" s="23"/>
       <c r="U276" s="23"/>
       <c r="V276" s="23"/>
       <c r="W276" s="23"/>
       <c r="X276" s="23"/>
       <c r="Y276" s="23"/>
     </row>
     <row r="277">
       <c r="A277" s="29"/>
       <c r="B277" s="29"/>
       <c r="C277" s="28" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>6</v>
+      </c>
+      <c r="D277" s="22" t="s">
+        <v>172</v>
       </c>
       <c r="E277" s="23"/>
       <c r="F277" s="23"/>
       <c r="G277" s="23"/>
       <c r="H277" s="23"/>
       <c r="I277" s="23"/>
       <c r="J277" s="23"/>
       <c r="K277" s="23"/>
       <c r="L277" s="23"/>
       <c r="M277" s="23"/>
       <c r="N277" s="23"/>
       <c r="O277" s="23"/>
       <c r="P277" s="23"/>
       <c r="Q277" s="23"/>
       <c r="R277" s="23"/>
       <c r="S277" s="23"/>
       <c r="T277" s="23"/>
       <c r="U277" s="23"/>
       <c r="V277" s="23"/>
       <c r="W277" s="23"/>
       <c r="X277" s="23"/>
       <c r="Y277" s="23"/>
     </row>
     <row r="278">
-      <c r="A278" s="44">
-[...2 lines deleted...]
-      <c r="B278" s="32" t="s">
+      <c r="A278" s="29"/>
+      <c r="B278" s="29"/>
+      <c r="C278" s="28" t="s">
         <v>390</v>
       </c>
-      <c r="C278" s="28" t="s">
-[...3 lines deleted...]
-        <v>11</v>
+      <c r="D278" s="22" t="s">
+        <v>174</v>
       </c>
       <c r="E278" s="23"/>
       <c r="F278" s="23"/>
       <c r="G278" s="23"/>
       <c r="H278" s="23"/>
       <c r="I278" s="23"/>
       <c r="J278" s="23"/>
       <c r="K278" s="23"/>
       <c r="L278" s="23"/>
       <c r="M278" s="23"/>
       <c r="N278" s="23"/>
       <c r="O278" s="23"/>
       <c r="P278" s="23"/>
       <c r="Q278" s="23"/>
       <c r="R278" s="23"/>
       <c r="S278" s="23"/>
       <c r="T278" s="23"/>
       <c r="U278" s="23"/>
       <c r="V278" s="23"/>
       <c r="W278" s="23"/>
       <c r="X278" s="23"/>
       <c r="Y278" s="23"/>
     </row>
     <row r="279">
-      <c r="A279" s="31"/>
-[...4 lines deleted...]
-      <c r="D279" s="22" t="s">
+      <c r="A279" s="29"/>
+      <c r="B279" s="29"/>
+      <c r="C279" s="28" t="s">
+        <v>391</v>
+      </c>
+      <c r="D279" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E279" s="23"/>
       <c r="F279" s="23"/>
       <c r="G279" s="23"/>
       <c r="H279" s="23"/>
       <c r="I279" s="23"/>
       <c r="J279" s="23"/>
       <c r="K279" s="23"/>
       <c r="L279" s="23"/>
       <c r="M279" s="23"/>
       <c r="N279" s="23"/>
       <c r="O279" s="23"/>
       <c r="P279" s="23"/>
       <c r="Q279" s="23"/>
       <c r="R279" s="23"/>
       <c r="S279" s="23"/>
       <c r="T279" s="23"/>
       <c r="U279" s="23"/>
       <c r="V279" s="23"/>
       <c r="W279" s="23"/>
       <c r="X279" s="23"/>
       <c r="Y279" s="23"/>
     </row>
     <row r="280">
-      <c r="A280" s="81">
-[...2 lines deleted...]
-      <c r="B280" s="77" t="s">
+      <c r="A280" s="44">
+        <v>6.04320051E8</v>
+      </c>
+      <c r="B280" s="32" t="s">
         <v>393</v>
       </c>
-      <c r="C280" s="21" t="s">
-        <v>391</v>
+      <c r="C280" s="28" t="s">
+        <v>394</v>
       </c>
       <c r="D280" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E280" s="23"/>
       <c r="F280" s="23"/>
       <c r="G280" s="23"/>
       <c r="H280" s="23"/>
       <c r="I280" s="23"/>
       <c r="J280" s="23"/>
       <c r="K280" s="23"/>
       <c r="L280" s="23"/>
       <c r="M280" s="23"/>
       <c r="N280" s="23"/>
       <c r="O280" s="23"/>
       <c r="P280" s="23"/>
       <c r="Q280" s="23"/>
       <c r="R280" s="23"/>
       <c r="S280" s="23"/>
       <c r="T280" s="23"/>
       <c r="U280" s="23"/>
       <c r="V280" s="23"/>
       <c r="W280" s="23"/>
       <c r="X280" s="23"/>
       <c r="Y280" s="23"/>
     </row>
     <row r="281">
-      <c r="A281" s="44">
-[...8 lines deleted...]
-      <c r="D281" s="24" t="s">
+      <c r="A281" s="31"/>
+      <c r="B281" s="11"/>
+      <c r="C281" s="46" t="s">
+        <v>395</v>
+      </c>
+      <c r="D281" s="22" t="s">
         <v>11</v>
       </c>
       <c r="E281" s="23"/>
       <c r="F281" s="23"/>
       <c r="G281" s="23"/>
       <c r="H281" s="23"/>
       <c r="I281" s="23"/>
       <c r="J281" s="23"/>
       <c r="K281" s="23"/>
       <c r="L281" s="23"/>
       <c r="M281" s="23"/>
       <c r="N281" s="23"/>
       <c r="O281" s="23"/>
       <c r="P281" s="23"/>
       <c r="Q281" s="23"/>
       <c r="R281" s="23"/>
       <c r="S281" s="23"/>
       <c r="T281" s="23"/>
       <c r="U281" s="23"/>
       <c r="V281" s="23"/>
       <c r="W281" s="23"/>
       <c r="X281" s="23"/>
       <c r="Y281" s="23"/>
     </row>
     <row r="282">
-      <c r="A282" s="51">
-[...3 lines deleted...]
-        <v>395</v>
+      <c r="A282" s="82">
+        <v>6.0432006E8</v>
+      </c>
+      <c r="B282" s="78" t="s">
+        <v>396</v>
       </c>
       <c r="C282" s="21" t="s">
-        <v>74</v>
+        <v>394</v>
       </c>
       <c r="D282" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E282" s="23"/>
       <c r="F282" s="23"/>
       <c r="G282" s="23"/>
       <c r="H282" s="23"/>
       <c r="I282" s="23"/>
       <c r="J282" s="23"/>
       <c r="K282" s="23"/>
       <c r="L282" s="23"/>
       <c r="M282" s="23"/>
       <c r="N282" s="23"/>
       <c r="O282" s="23"/>
       <c r="P282" s="23"/>
       <c r="Q282" s="23"/>
       <c r="R282" s="23"/>
       <c r="S282" s="23"/>
       <c r="T282" s="23"/>
       <c r="U282" s="23"/>
       <c r="V282" s="23"/>
       <c r="W282" s="23"/>
       <c r="X282" s="23"/>
       <c r="Y282" s="23"/>
     </row>
     <row r="283">
-      <c r="A283" s="51">
-[...3 lines deleted...]
-        <v>396</v>
+      <c r="A283" s="44">
+        <v>6.04320078E8</v>
+      </c>
+      <c r="B283" s="30" t="s">
+        <v>397</v>
       </c>
       <c r="C283" s="21" t="s">
-        <v>384</v>
+        <v>394</v>
       </c>
       <c r="D283" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E283" s="23"/>
       <c r="F283" s="23"/>
       <c r="G283" s="23"/>
       <c r="H283" s="23"/>
       <c r="I283" s="23"/>
       <c r="J283" s="23"/>
       <c r="K283" s="23"/>
       <c r="L283" s="23"/>
       <c r="M283" s="23"/>
       <c r="N283" s="23"/>
       <c r="O283" s="23"/>
       <c r="P283" s="23"/>
       <c r="Q283" s="23"/>
       <c r="R283" s="23"/>
       <c r="S283" s="23"/>
       <c r="T283" s="23"/>
       <c r="U283" s="23"/>
       <c r="V283" s="23"/>
       <c r="W283" s="23"/>
       <c r="X283" s="23"/>
       <c r="Y283" s="23"/>
     </row>
     <row r="284">
       <c r="A284" s="51">
-        <v>6.04050089E8</v>
+        <v>6.04630018E8</v>
       </c>
       <c r="B284" s="20" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C284" s="21" t="s">
-        <v>384</v>
+        <v>74</v>
       </c>
       <c r="D284" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E284" s="23"/>
       <c r="F284" s="23"/>
       <c r="G284" s="23"/>
       <c r="H284" s="23"/>
       <c r="I284" s="23"/>
       <c r="J284" s="23"/>
       <c r="K284" s="23"/>
       <c r="L284" s="23"/>
       <c r="M284" s="23"/>
       <c r="N284" s="23"/>
       <c r="O284" s="23"/>
       <c r="P284" s="23"/>
       <c r="Q284" s="23"/>
       <c r="R284" s="23"/>
       <c r="S284" s="23"/>
       <c r="T284" s="23"/>
       <c r="U284" s="23"/>
       <c r="V284" s="23"/>
       <c r="W284" s="23"/>
       <c r="X284" s="23"/>
       <c r="Y284" s="23"/>
     </row>
     <row r="285">
       <c r="A285" s="51">
-        <v>6.04050062E8</v>
+        <v>6.0405007E8</v>
       </c>
       <c r="B285" s="20" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C285" s="21" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="D285" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E285" s="23"/>
       <c r="F285" s="23"/>
       <c r="G285" s="23"/>
       <c r="H285" s="23"/>
       <c r="I285" s="23"/>
       <c r="J285" s="23"/>
       <c r="K285" s="23"/>
       <c r="L285" s="23"/>
       <c r="M285" s="23"/>
       <c r="N285" s="23"/>
       <c r="O285" s="23"/>
       <c r="P285" s="23"/>
       <c r="Q285" s="23"/>
       <c r="R285" s="23"/>
       <c r="S285" s="23"/>
       <c r="T285" s="23"/>
       <c r="U285" s="23"/>
       <c r="V285" s="23"/>
       <c r="W285" s="23"/>
       <c r="X285" s="23"/>
       <c r="Y285" s="23"/>
     </row>
     <row r="286">
       <c r="A286" s="51">
-        <v>6.04050097E8</v>
+        <v>6.04050089E8</v>
       </c>
       <c r="B286" s="20" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C286" s="21" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="D286" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E286" s="23"/>
       <c r="F286" s="23"/>
       <c r="G286" s="23"/>
       <c r="H286" s="23"/>
       <c r="I286" s="23"/>
       <c r="J286" s="23"/>
       <c r="K286" s="23"/>
       <c r="L286" s="23"/>
       <c r="M286" s="23"/>
       <c r="N286" s="23"/>
       <c r="O286" s="23"/>
       <c r="P286" s="23"/>
       <c r="Q286" s="23"/>
       <c r="R286" s="23"/>
       <c r="S286" s="23"/>
       <c r="T286" s="23"/>
       <c r="U286" s="23"/>
       <c r="V286" s="23"/>
       <c r="W286" s="23"/>
       <c r="X286" s="23"/>
       <c r="Y286" s="23"/>
     </row>
     <row r="287">
       <c r="A287" s="51">
-        <v>6.040501E8</v>
+        <v>6.04050062E8</v>
       </c>
       <c r="B287" s="20" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C287" s="21" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="D287" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E287" s="23"/>
       <c r="F287" s="23"/>
       <c r="G287" s="23"/>
       <c r="H287" s="23"/>
       <c r="I287" s="23"/>
       <c r="J287" s="23"/>
       <c r="K287" s="23"/>
       <c r="L287" s="23"/>
       <c r="M287" s="23"/>
       <c r="N287" s="23"/>
       <c r="O287" s="23"/>
       <c r="P287" s="23"/>
       <c r="Q287" s="23"/>
       <c r="R287" s="23"/>
       <c r="S287" s="23"/>
       <c r="T287" s="23"/>
       <c r="U287" s="23"/>
       <c r="V287" s="23"/>
       <c r="W287" s="23"/>
       <c r="X287" s="23"/>
       <c r="Y287" s="23"/>
     </row>
     <row r="288">
-      <c r="A288" s="44">
-[...3 lines deleted...]
-        <v>401</v>
+      <c r="A288" s="51">
+        <v>6.04050097E8</v>
+      </c>
+      <c r="B288" s="20" t="s">
+        <v>402</v>
       </c>
       <c r="C288" s="21" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>387</v>
+      </c>
+      <c r="D288" s="24" t="s">
+        <v>11</v>
       </c>
       <c r="E288" s="23"/>
       <c r="F288" s="23"/>
       <c r="G288" s="23"/>
       <c r="H288" s="23"/>
       <c r="I288" s="23"/>
       <c r="J288" s="23"/>
       <c r="K288" s="23"/>
       <c r="L288" s="23"/>
       <c r="M288" s="23"/>
       <c r="N288" s="23"/>
       <c r="O288" s="23"/>
       <c r="P288" s="23"/>
       <c r="Q288" s="23"/>
       <c r="R288" s="23"/>
       <c r="S288" s="23"/>
       <c r="T288" s="23"/>
       <c r="U288" s="23"/>
       <c r="V288" s="23"/>
       <c r="W288" s="23"/>
       <c r="X288" s="23"/>
       <c r="Y288" s="23"/>
     </row>
     <row r="289">
-      <c r="A289" s="29"/>
-      <c r="B289" s="29"/>
+      <c r="A289" s="51">
+        <v>6.040501E8</v>
+      </c>
+      <c r="B289" s="20" t="s">
+        <v>403</v>
+      </c>
       <c r="C289" s="21" t="s">
-        <v>402</v>
+        <v>387</v>
       </c>
       <c r="D289" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E289" s="23"/>
       <c r="F289" s="23"/>
       <c r="G289" s="23"/>
       <c r="H289" s="23"/>
       <c r="I289" s="23"/>
       <c r="J289" s="23"/>
       <c r="K289" s="23"/>
       <c r="L289" s="23"/>
       <c r="M289" s="23"/>
       <c r="N289" s="23"/>
       <c r="O289" s="23"/>
       <c r="P289" s="23"/>
       <c r="Q289" s="23"/>
       <c r="R289" s="23"/>
       <c r="S289" s="23"/>
       <c r="T289" s="23"/>
       <c r="U289" s="23"/>
       <c r="V289" s="23"/>
       <c r="W289" s="23"/>
       <c r="X289" s="23"/>
       <c r="Y289" s="23"/>
     </row>
     <row r="290">
-      <c r="A290" s="29"/>
-[...2 lines deleted...]
-        <v>387</v>
+      <c r="A290" s="44">
+        <v>6.04720025E8</v>
+      </c>
+      <c r="B290" s="30" t="s">
+        <v>404</v>
+      </c>
+      <c r="C290" s="21" t="s">
+        <v>6</v>
       </c>
       <c r="D290" s="22" t="s">
         <v>172</v>
       </c>
       <c r="E290" s="23"/>
       <c r="F290" s="23"/>
       <c r="G290" s="23"/>
       <c r="H290" s="23"/>
       <c r="I290" s="23"/>
       <c r="J290" s="23"/>
       <c r="K290" s="23"/>
       <c r="L290" s="23"/>
       <c r="M290" s="23"/>
       <c r="N290" s="23"/>
       <c r="O290" s="23"/>
       <c r="P290" s="23"/>
       <c r="Q290" s="23"/>
       <c r="R290" s="23"/>
       <c r="S290" s="23"/>
       <c r="T290" s="23"/>
       <c r="U290" s="23"/>
       <c r="V290" s="23"/>
       <c r="W290" s="23"/>
       <c r="X290" s="23"/>
       <c r="Y290" s="23"/>
     </row>
     <row r="291">
-      <c r="A291" s="51">
-[...4 lines deleted...]
-      </c>
+      <c r="A291" s="29"/>
+      <c r="B291" s="29"/>
       <c r="C291" s="21" t="s">
-        <v>49</v>
+        <v>405</v>
       </c>
       <c r="D291" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E291" s="23"/>
       <c r="F291" s="23"/>
       <c r="G291" s="23"/>
       <c r="H291" s="23"/>
       <c r="I291" s="23"/>
       <c r="J291" s="23"/>
       <c r="K291" s="23"/>
       <c r="L291" s="23"/>
       <c r="M291" s="23"/>
       <c r="N291" s="23"/>
       <c r="O291" s="23"/>
       <c r="P291" s="23"/>
       <c r="Q291" s="23"/>
       <c r="R291" s="23"/>
       <c r="S291" s="23"/>
       <c r="T291" s="23"/>
       <c r="U291" s="23"/>
       <c r="V291" s="23"/>
       <c r="W291" s="23"/>
       <c r="X291" s="23"/>
       <c r="Y291" s="23"/>
     </row>
     <row r="292">
-      <c r="A292" s="51">
-[...9 lines deleted...]
-        <v>7</v>
+      <c r="A292" s="29"/>
+      <c r="B292" s="29"/>
+      <c r="C292" s="28" t="s">
+        <v>390</v>
+      </c>
+      <c r="D292" s="22" t="s">
+        <v>174</v>
       </c>
       <c r="E292" s="23"/>
       <c r="F292" s="23"/>
       <c r="G292" s="23"/>
       <c r="H292" s="23"/>
       <c r="I292" s="23"/>
       <c r="J292" s="23"/>
       <c r="K292" s="23"/>
       <c r="L292" s="23"/>
       <c r="M292" s="23"/>
       <c r="N292" s="23"/>
       <c r="O292" s="23"/>
       <c r="P292" s="23"/>
       <c r="Q292" s="23"/>
       <c r="R292" s="23"/>
       <c r="S292" s="23"/>
       <c r="T292" s="23"/>
       <c r="U292" s="23"/>
       <c r="V292" s="23"/>
       <c r="W292" s="23"/>
       <c r="X292" s="23"/>
       <c r="Y292" s="23"/>
     </row>
     <row r="293">
       <c r="A293" s="51">
-        <v>6.04290047E8</v>
+        <v>6.04320116E8</v>
       </c>
       <c r="B293" s="20" t="s">
         <v>406</v>
       </c>
       <c r="C293" s="21" t="s">
-        <v>349</v>
+        <v>49</v>
       </c>
       <c r="D293" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E293" s="23"/>
       <c r="F293" s="23"/>
       <c r="G293" s="23"/>
       <c r="H293" s="23"/>
       <c r="I293" s="23"/>
       <c r="J293" s="23"/>
       <c r="K293" s="23"/>
       <c r="L293" s="23"/>
       <c r="M293" s="23"/>
       <c r="N293" s="23"/>
       <c r="O293" s="23"/>
       <c r="P293" s="23"/>
       <c r="Q293" s="23"/>
       <c r="R293" s="23"/>
       <c r="S293" s="23"/>
       <c r="T293" s="23"/>
       <c r="U293" s="23"/>
       <c r="V293" s="23"/>
       <c r="W293" s="23"/>
       <c r="X293" s="23"/>
       <c r="Y293" s="23"/>
     </row>
     <row r="294">
       <c r="A294" s="51">
-        <v>6.04290012E8</v>
+        <v>6.04790015E8</v>
       </c>
       <c r="B294" s="20" t="s">
         <v>407</v>
       </c>
       <c r="C294" s="21" t="s">
-        <v>349</v>
+        <v>408</v>
       </c>
       <c r="D294" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E294" s="23"/>
       <c r="F294" s="23"/>
       <c r="G294" s="23"/>
       <c r="H294" s="23"/>
       <c r="I294" s="23"/>
       <c r="J294" s="23"/>
       <c r="K294" s="23"/>
       <c r="L294" s="23"/>
       <c r="M294" s="23"/>
       <c r="N294" s="23"/>
       <c r="O294" s="23"/>
       <c r="P294" s="23"/>
       <c r="Q294" s="23"/>
       <c r="R294" s="23"/>
       <c r="S294" s="23"/>
       <c r="T294" s="23"/>
       <c r="U294" s="23"/>
       <c r="V294" s="23"/>
       <c r="W294" s="23"/>
       <c r="X294" s="23"/>
       <c r="Y294" s="23"/>
     </row>
     <row r="295">
       <c r="A295" s="51">
-        <v>6.0429002E8</v>
+        <v>6.04290047E8</v>
       </c>
       <c r="B295" s="20" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C295" s="21" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="D295" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E295" s="23"/>
       <c r="F295" s="23"/>
       <c r="G295" s="23"/>
       <c r="H295" s="23"/>
       <c r="I295" s="23"/>
       <c r="J295" s="23"/>
       <c r="K295" s="23"/>
       <c r="L295" s="23"/>
       <c r="M295" s="23"/>
       <c r="N295" s="23"/>
       <c r="O295" s="23"/>
       <c r="P295" s="23"/>
       <c r="Q295" s="23"/>
       <c r="R295" s="23"/>
       <c r="S295" s="23"/>
       <c r="T295" s="23"/>
       <c r="U295" s="23"/>
       <c r="V295" s="23"/>
       <c r="W295" s="23"/>
       <c r="X295" s="23"/>
       <c r="Y295" s="23"/>
     </row>
     <row r="296">
       <c r="A296" s="51">
-        <v>6.04290039E8</v>
+        <v>6.04290012E8</v>
       </c>
       <c r="B296" s="20" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C296" s="21" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="D296" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E296" s="23"/>
       <c r="F296" s="23"/>
       <c r="G296" s="23"/>
       <c r="H296" s="23"/>
       <c r="I296" s="23"/>
       <c r="J296" s="23"/>
       <c r="K296" s="23"/>
       <c r="L296" s="23"/>
       <c r="M296" s="23"/>
       <c r="N296" s="23"/>
       <c r="O296" s="23"/>
       <c r="P296" s="23"/>
       <c r="Q296" s="23"/>
       <c r="R296" s="23"/>
       <c r="S296" s="23"/>
       <c r="T296" s="23"/>
       <c r="U296" s="23"/>
       <c r="V296" s="23"/>
       <c r="W296" s="23"/>
       <c r="X296" s="23"/>
       <c r="Y296" s="23"/>
     </row>
     <row r="297">
-      <c r="A297" s="44">
-[...3 lines deleted...]
-        <v>410</v>
+      <c r="A297" s="51">
+        <v>6.0429002E8</v>
+      </c>
+      <c r="B297" s="20" t="s">
+        <v>411</v>
       </c>
       <c r="C297" s="21" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="D297" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E297" s="23"/>
       <c r="F297" s="23"/>
       <c r="G297" s="23"/>
       <c r="H297" s="23"/>
       <c r="I297" s="23"/>
       <c r="J297" s="23"/>
       <c r="K297" s="23"/>
       <c r="L297" s="23"/>
       <c r="M297" s="23"/>
       <c r="N297" s="23"/>
       <c r="O297" s="23"/>
       <c r="P297" s="23"/>
       <c r="Q297" s="23"/>
       <c r="R297" s="23"/>
       <c r="S297" s="23"/>
       <c r="T297" s="23"/>
       <c r="U297" s="23"/>
       <c r="V297" s="23"/>
       <c r="W297" s="23"/>
       <c r="X297" s="23"/>
       <c r="Y297" s="23"/>
     </row>
     <row r="298">
-      <c r="A298" s="44">
-[...2 lines deleted...]
-      <c r="B298" s="30" t="s">
+      <c r="A298" s="51">
+        <v>6.04290039E8</v>
+      </c>
+      <c r="B298" s="20" t="s">
         <v>412</v>
       </c>
-      <c r="C298" s="28" t="s">
-        <v>413</v>
+      <c r="C298" s="21" t="s">
+        <v>352</v>
       </c>
       <c r="D298" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E298" s="23"/>
       <c r="F298" s="23"/>
       <c r="G298" s="23"/>
       <c r="H298" s="23"/>
       <c r="I298" s="23"/>
       <c r="J298" s="23"/>
       <c r="K298" s="23"/>
       <c r="L298" s="23"/>
       <c r="M298" s="23"/>
       <c r="N298" s="23"/>
       <c r="O298" s="23"/>
       <c r="P298" s="23"/>
       <c r="Q298" s="23"/>
       <c r="R298" s="23"/>
       <c r="S298" s="23"/>
       <c r="T298" s="23"/>
       <c r="U298" s="23"/>
       <c r="V298" s="23"/>
       <c r="W298" s="23"/>
       <c r="X298" s="23"/>
       <c r="Y298" s="23"/>
     </row>
     <row r="299">
       <c r="A299" s="44">
-        <v>6.0423001E8</v>
-[...1 lines deleted...]
-      <c r="B299" s="30" t="s">
+        <v>6.04840012E8</v>
+      </c>
+      <c r="B299" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="C299" s="21" t="s">
         <v>414</v>
       </c>
-      <c r="C299" s="21" t="s">
-[...2 lines deleted...]
-      <c r="D299" s="35" t="s">
+      <c r="D299" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E299" s="23"/>
       <c r="F299" s="23"/>
       <c r="G299" s="23"/>
       <c r="H299" s="23"/>
       <c r="I299" s="23"/>
       <c r="J299" s="23"/>
       <c r="K299" s="23"/>
       <c r="L299" s="23"/>
       <c r="M299" s="23"/>
       <c r="N299" s="23"/>
       <c r="O299" s="23"/>
       <c r="P299" s="23"/>
       <c r="Q299" s="23"/>
       <c r="R299" s="23"/>
       <c r="S299" s="23"/>
       <c r="T299" s="23"/>
       <c r="U299" s="23"/>
       <c r="V299" s="23"/>
       <c r="W299" s="23"/>
       <c r="X299" s="23"/>
       <c r="Y299" s="23"/>
     </row>
     <row r="300">
-      <c r="A300" s="51">
-[...2 lines deleted...]
-      <c r="B300" s="20" t="s">
+      <c r="A300" s="44">
+        <v>6.04230028E8</v>
+      </c>
+      <c r="B300" s="30" t="s">
         <v>415</v>
       </c>
-      <c r="C300" s="21" t="s">
+      <c r="C300" s="28" t="s">
         <v>416</v>
       </c>
       <c r="D300" s="24" t="s">
-        <v>417</v>
+        <v>11</v>
       </c>
       <c r="E300" s="23"/>
       <c r="F300" s="23"/>
       <c r="G300" s="23"/>
       <c r="H300" s="23"/>
       <c r="I300" s="23"/>
       <c r="J300" s="23"/>
       <c r="K300" s="23"/>
       <c r="L300" s="23"/>
       <c r="M300" s="23"/>
       <c r="N300" s="23"/>
       <c r="O300" s="23"/>
       <c r="P300" s="23"/>
       <c r="Q300" s="23"/>
       <c r="R300" s="23"/>
       <c r="S300" s="23"/>
       <c r="T300" s="23"/>
       <c r="U300" s="23"/>
       <c r="V300" s="23"/>
       <c r="W300" s="23"/>
       <c r="X300" s="23"/>
       <c r="Y300" s="23"/>
     </row>
     <row r="301">
       <c r="A301" s="44">
-        <v>6.0458001E8</v>
+        <v>6.0423001E8</v>
       </c>
       <c r="B301" s="30" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="C301" s="21" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="D301" s="24" t="s">
+        <v>416</v>
+      </c>
+      <c r="D301" s="35" t="s">
         <v>11</v>
       </c>
       <c r="E301" s="23"/>
       <c r="F301" s="23"/>
       <c r="G301" s="23"/>
       <c r="H301" s="23"/>
       <c r="I301" s="23"/>
       <c r="J301" s="23"/>
       <c r="K301" s="23"/>
       <c r="L301" s="23"/>
       <c r="M301" s="23"/>
       <c r="N301" s="23"/>
       <c r="O301" s="23"/>
       <c r="P301" s="23"/>
       <c r="Q301" s="23"/>
       <c r="R301" s="23"/>
       <c r="S301" s="23"/>
       <c r="T301" s="23"/>
       <c r="U301" s="23"/>
       <c r="V301" s="23"/>
       <c r="W301" s="23"/>
       <c r="X301" s="23"/>
       <c r="Y301" s="23"/>
     </row>
     <row r="302">
-      <c r="A302" s="44">
-[...3 lines deleted...]
-        <v>420</v>
+      <c r="A302" s="51">
+        <v>6.0416002E8</v>
+      </c>
+      <c r="B302" s="20" t="s">
+        <v>418</v>
       </c>
       <c r="C302" s="21" t="s">
         <v>419</v>
       </c>
       <c r="D302" s="24" t="s">
-        <v>11</v>
+        <v>420</v>
       </c>
       <c r="E302" s="23"/>
       <c r="F302" s="23"/>
       <c r="G302" s="23"/>
       <c r="H302" s="23"/>
       <c r="I302" s="23"/>
       <c r="J302" s="23"/>
       <c r="K302" s="23"/>
       <c r="L302" s="23"/>
       <c r="M302" s="23"/>
       <c r="N302" s="23"/>
       <c r="O302" s="23"/>
       <c r="P302" s="23"/>
       <c r="Q302" s="23"/>
       <c r="R302" s="23"/>
       <c r="S302" s="23"/>
       <c r="T302" s="23"/>
       <c r="U302" s="23"/>
       <c r="V302" s="23"/>
       <c r="W302" s="23"/>
       <c r="X302" s="23"/>
       <c r="Y302" s="23"/>
     </row>
     <row r="303">
-      <c r="A303" s="51">
-[...2 lines deleted...]
-      <c r="B303" s="20" t="s">
+      <c r="A303" s="44">
+        <v>6.0458001E8</v>
+      </c>
+      <c r="B303" s="30" t="s">
         <v>421</v>
       </c>
-      <c r="C303" s="52" t="s">
+      <c r="C303" s="21" t="s">
         <v>422</v>
       </c>
       <c r="D303" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E303" s="23"/>
       <c r="F303" s="23"/>
       <c r="G303" s="23"/>
       <c r="H303" s="23"/>
       <c r="I303" s="23"/>
       <c r="J303" s="23"/>
       <c r="K303" s="23"/>
       <c r="L303" s="23"/>
       <c r="M303" s="23"/>
       <c r="N303" s="23"/>
       <c r="O303" s="23"/>
       <c r="P303" s="23"/>
       <c r="Q303" s="23"/>
       <c r="R303" s="23"/>
       <c r="S303" s="23"/>
       <c r="T303" s="23"/>
       <c r="U303" s="23"/>
       <c r="V303" s="23"/>
       <c r="W303" s="23"/>
       <c r="X303" s="23"/>
       <c r="Y303" s="23"/>
     </row>
     <row r="304">
-      <c r="A304" s="51">
-[...2 lines deleted...]
-      <c r="B304" s="20" t="s">
+      <c r="A304" s="44">
+        <v>6.04580029E8</v>
+      </c>
+      <c r="B304" s="30" t="s">
         <v>423</v>
       </c>
       <c r="C304" s="21" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="D304" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E304" s="23"/>
       <c r="F304" s="23"/>
       <c r="G304" s="23"/>
       <c r="H304" s="23"/>
       <c r="I304" s="23"/>
       <c r="J304" s="23"/>
       <c r="K304" s="23"/>
       <c r="L304" s="23"/>
       <c r="M304" s="23"/>
       <c r="N304" s="23"/>
       <c r="O304" s="23"/>
       <c r="P304" s="23"/>
       <c r="Q304" s="23"/>
       <c r="R304" s="23"/>
       <c r="S304" s="23"/>
       <c r="T304" s="23"/>
       <c r="U304" s="23"/>
       <c r="V304" s="23"/>
       <c r="W304" s="23"/>
       <c r="X304" s="23"/>
       <c r="Y304" s="23"/>
     </row>
     <row r="305">
       <c r="A305" s="51">
-        <v>6.04730012E8</v>
+        <v>6.0477003E8</v>
       </c>
       <c r="B305" s="20" t="s">
+        <v>424</v>
+      </c>
+      <c r="C305" s="56" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="D305" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E305" s="23"/>
       <c r="F305" s="23"/>
       <c r="G305" s="23"/>
       <c r="H305" s="23"/>
       <c r="I305" s="23"/>
       <c r="J305" s="23"/>
       <c r="K305" s="23"/>
       <c r="L305" s="23"/>
       <c r="M305" s="23"/>
       <c r="N305" s="23"/>
       <c r="O305" s="23"/>
       <c r="P305" s="23"/>
       <c r="Q305" s="23"/>
       <c r="R305" s="23"/>
       <c r="S305" s="23"/>
       <c r="T305" s="23"/>
       <c r="U305" s="23"/>
       <c r="V305" s="23"/>
       <c r="W305" s="23"/>
       <c r="X305" s="23"/>
       <c r="Y305" s="23"/>
     </row>
     <row r="306">
       <c r="A306" s="51">
-        <v>6.04130112E8</v>
+        <v>6.0456001E8</v>
       </c>
       <c r="B306" s="20" t="s">
         <v>426</v>
       </c>
       <c r="C306" s="21" t="s">
         <v>427</v>
       </c>
       <c r="D306" s="24" t="s">
-        <v>428</v>
+        <v>11</v>
       </c>
       <c r="E306" s="23"/>
       <c r="F306" s="23"/>
       <c r="G306" s="23"/>
       <c r="H306" s="23"/>
       <c r="I306" s="23"/>
       <c r="J306" s="23"/>
       <c r="K306" s="23"/>
       <c r="L306" s="23"/>
       <c r="M306" s="23"/>
       <c r="N306" s="23"/>
       <c r="O306" s="23"/>
       <c r="P306" s="23"/>
       <c r="Q306" s="23"/>
       <c r="R306" s="23"/>
       <c r="S306" s="23"/>
       <c r="T306" s="23"/>
       <c r="U306" s="23"/>
       <c r="V306" s="23"/>
       <c r="W306" s="23"/>
       <c r="X306" s="23"/>
       <c r="Y306" s="23"/>
     </row>
     <row r="307">
       <c r="A307" s="51">
-        <v>6.04030045E8</v>
+        <v>6.04730012E8</v>
       </c>
       <c r="B307" s="20" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="C307" s="21" t="s">
-        <v>88</v>
+        <v>10</v>
       </c>
       <c r="D307" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E307" s="23"/>
       <c r="F307" s="23"/>
       <c r="G307" s="23"/>
       <c r="H307" s="23"/>
       <c r="I307" s="23"/>
       <c r="J307" s="23"/>
       <c r="K307" s="23"/>
       <c r="L307" s="23"/>
       <c r="M307" s="23"/>
       <c r="N307" s="23"/>
       <c r="O307" s="23"/>
       <c r="P307" s="23"/>
       <c r="Q307" s="23"/>
       <c r="R307" s="23"/>
       <c r="S307" s="23"/>
       <c r="T307" s="23"/>
       <c r="U307" s="23"/>
       <c r="V307" s="23"/>
       <c r="W307" s="23"/>
       <c r="X307" s="23"/>
       <c r="Y307" s="23"/>
     </row>
     <row r="308">
       <c r="A308" s="51">
-        <v>6.04030053E8</v>
+        <v>6.04130112E8</v>
       </c>
       <c r="B308" s="20" t="s">
+        <v>429</v>
+      </c>
+      <c r="C308" s="21" t="s">
         <v>430</v>
       </c>
-      <c r="C308" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D308" s="24" t="s">
-        <v>11</v>
+        <v>431</v>
       </c>
       <c r="E308" s="23"/>
       <c r="F308" s="23"/>
       <c r="G308" s="23"/>
       <c r="H308" s="23"/>
       <c r="I308" s="23"/>
       <c r="J308" s="23"/>
       <c r="K308" s="23"/>
       <c r="L308" s="23"/>
       <c r="M308" s="23"/>
       <c r="N308" s="23"/>
       <c r="O308" s="23"/>
       <c r="P308" s="23"/>
       <c r="Q308" s="23"/>
       <c r="R308" s="23"/>
       <c r="S308" s="23"/>
       <c r="T308" s="23"/>
       <c r="U308" s="23"/>
       <c r="V308" s="23"/>
       <c r="W308" s="23"/>
       <c r="X308" s="23"/>
       <c r="Y308" s="23"/>
     </row>
     <row r="309">
       <c r="A309" s="51">
-        <v>6.04030061E8</v>
+        <v>6.04030045E8</v>
       </c>
       <c r="B309" s="20" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C309" s="21" t="s">
         <v>88</v>
       </c>
       <c r="D309" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E309" s="23"/>
       <c r="F309" s="23"/>
       <c r="G309" s="23"/>
       <c r="H309" s="23"/>
       <c r="I309" s="23"/>
       <c r="J309" s="23"/>
       <c r="K309" s="23"/>
       <c r="L309" s="23"/>
       <c r="M309" s="23"/>
       <c r="N309" s="23"/>
       <c r="O309" s="23"/>
       <c r="P309" s="23"/>
       <c r="Q309" s="23"/>
       <c r="R309" s="23"/>
       <c r="S309" s="23"/>
       <c r="T309" s="23"/>
       <c r="U309" s="23"/>
       <c r="V309" s="23"/>
       <c r="W309" s="23"/>
       <c r="X309" s="23"/>
       <c r="Y309" s="23"/>
     </row>
     <row r="310">
       <c r="A310" s="51">
-        <v>6.043601E8</v>
+        <v>6.04030053E8</v>
       </c>
       <c r="B310" s="20" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C310" s="21" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="D310" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E310" s="23"/>
       <c r="F310" s="23"/>
       <c r="G310" s="23"/>
       <c r="H310" s="23"/>
       <c r="I310" s="23"/>
       <c r="J310" s="23"/>
       <c r="K310" s="23"/>
       <c r="L310" s="23"/>
       <c r="M310" s="23"/>
       <c r="N310" s="23"/>
       <c r="O310" s="23"/>
       <c r="P310" s="23"/>
       <c r="Q310" s="23"/>
       <c r="R310" s="23"/>
       <c r="S310" s="23"/>
       <c r="T310" s="23"/>
       <c r="U310" s="23"/>
       <c r="V310" s="23"/>
       <c r="W310" s="23"/>
       <c r="X310" s="23"/>
       <c r="Y310" s="23"/>
     </row>
     <row r="311">
       <c r="A311" s="51">
-        <v>6.04360118E8</v>
+        <v>6.04030061E8</v>
       </c>
       <c r="B311" s="20" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C311" s="21" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="D311" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E311" s="23"/>
       <c r="F311" s="23"/>
       <c r="G311" s="23"/>
       <c r="H311" s="23"/>
       <c r="I311" s="23"/>
       <c r="J311" s="23"/>
       <c r="K311" s="23"/>
       <c r="L311" s="23"/>
       <c r="M311" s="23"/>
       <c r="N311" s="23"/>
       <c r="O311" s="23"/>
       <c r="P311" s="23"/>
       <c r="Q311" s="23"/>
       <c r="R311" s="23"/>
       <c r="S311" s="23"/>
       <c r="T311" s="23"/>
       <c r="U311" s="23"/>
       <c r="V311" s="23"/>
       <c r="W311" s="23"/>
       <c r="X311" s="23"/>
       <c r="Y311" s="23"/>
     </row>
     <row r="312">
       <c r="A312" s="51">
-        <v>6.04360126E8</v>
+        <v>6.043601E8</v>
       </c>
       <c r="B312" s="20" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C312" s="21" t="s">
         <v>96</v>
       </c>
       <c r="D312" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E312" s="23"/>
       <c r="F312" s="23"/>
       <c r="G312" s="23"/>
       <c r="H312" s="23"/>
       <c r="I312" s="23"/>
       <c r="J312" s="23"/>
       <c r="K312" s="23"/>
       <c r="L312" s="23"/>
       <c r="M312" s="23"/>
       <c r="N312" s="23"/>
       <c r="O312" s="23"/>
       <c r="P312" s="23"/>
       <c r="Q312" s="23"/>
       <c r="R312" s="23"/>
       <c r="S312" s="23"/>
       <c r="T312" s="23"/>
       <c r="U312" s="23"/>
       <c r="V312" s="23"/>
       <c r="W312" s="23"/>
       <c r="X312" s="23"/>
       <c r="Y312" s="23"/>
     </row>
     <row r="313">
       <c r="A313" s="51">
-        <v>6.04150016E8</v>
+        <v>6.04360118E8</v>
       </c>
       <c r="B313" s="20" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C313" s="21" t="s">
-        <v>195</v>
+        <v>96</v>
       </c>
       <c r="D313" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E313" s="23"/>
       <c r="F313" s="23"/>
       <c r="G313" s="23"/>
       <c r="H313" s="23"/>
       <c r="I313" s="23"/>
       <c r="J313" s="23"/>
       <c r="K313" s="23"/>
       <c r="L313" s="23"/>
       <c r="M313" s="23"/>
       <c r="N313" s="23"/>
       <c r="O313" s="23"/>
       <c r="P313" s="23"/>
       <c r="Q313" s="23"/>
       <c r="R313" s="23"/>
       <c r="S313" s="23"/>
       <c r="T313" s="23"/>
       <c r="U313" s="23"/>
       <c r="V313" s="23"/>
       <c r="W313" s="23"/>
       <c r="X313" s="23"/>
       <c r="Y313" s="23"/>
     </row>
     <row r="314">
-      <c r="A314" s="44">
-[...3 lines deleted...]
-        <v>436</v>
+      <c r="A314" s="51">
+        <v>6.04360126E8</v>
+      </c>
+      <c r="B314" s="20" t="s">
+        <v>437</v>
       </c>
       <c r="C314" s="21" t="s">
-        <v>413</v>
+        <v>96</v>
       </c>
       <c r="D314" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E314" s="23"/>
       <c r="F314" s="23"/>
       <c r="G314" s="23"/>
       <c r="H314" s="23"/>
       <c r="I314" s="23"/>
       <c r="J314" s="23"/>
       <c r="K314" s="23"/>
       <c r="L314" s="23"/>
       <c r="M314" s="23"/>
       <c r="N314" s="23"/>
       <c r="O314" s="23"/>
       <c r="P314" s="23"/>
       <c r="Q314" s="23"/>
       <c r="R314" s="23"/>
       <c r="S314" s="23"/>
       <c r="T314" s="23"/>
       <c r="U314" s="23"/>
       <c r="V314" s="23"/>
       <c r="W314" s="23"/>
       <c r="X314" s="23"/>
       <c r="Y314" s="23"/>
     </row>
     <row r="315">
-      <c r="A315" s="44">
-[...3 lines deleted...]
-        <v>437</v>
+      <c r="A315" s="51">
+        <v>6.04150016E8</v>
+      </c>
+      <c r="B315" s="20" t="s">
+        <v>438</v>
       </c>
       <c r="C315" s="21" t="s">
-        <v>413</v>
+        <v>197</v>
       </c>
       <c r="D315" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E315" s="23"/>
       <c r="F315" s="23"/>
       <c r="G315" s="23"/>
       <c r="H315" s="23"/>
       <c r="I315" s="23"/>
       <c r="J315" s="23"/>
       <c r="K315" s="23"/>
       <c r="L315" s="23"/>
       <c r="M315" s="23"/>
       <c r="N315" s="23"/>
       <c r="O315" s="23"/>
       <c r="P315" s="23"/>
       <c r="Q315" s="23"/>
       <c r="R315" s="23"/>
       <c r="S315" s="23"/>
       <c r="T315" s="23"/>
       <c r="U315" s="23"/>
       <c r="V315" s="23"/>
       <c r="W315" s="23"/>
       <c r="X315" s="23"/>
       <c r="Y315" s="23"/>
     </row>
     <row r="316">
       <c r="A316" s="44">
-        <v>6.0423006E8</v>
+        <v>6.04230044E8</v>
       </c>
       <c r="B316" s="30" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C316" s="21" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="D316" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E316" s="23"/>
       <c r="F316" s="23"/>
       <c r="G316" s="23"/>
       <c r="H316" s="23"/>
       <c r="I316" s="23"/>
       <c r="J316" s="23"/>
       <c r="K316" s="23"/>
       <c r="L316" s="23"/>
       <c r="M316" s="23"/>
       <c r="N316" s="23"/>
       <c r="O316" s="23"/>
       <c r="P316" s="23"/>
       <c r="Q316" s="23"/>
       <c r="R316" s="23"/>
       <c r="S316" s="23"/>
       <c r="T316" s="23"/>
       <c r="U316" s="23"/>
       <c r="V316" s="23"/>
       <c r="W316" s="23"/>
       <c r="X316" s="23"/>
       <c r="Y316" s="23"/>
     </row>
     <row r="317">
       <c r="A317" s="44">
-        <v>6.04230036E8</v>
+        <v>6.04230052E8</v>
       </c>
       <c r="B317" s="30" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C317" s="21" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="D317" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E317" s="23"/>
       <c r="F317" s="23"/>
       <c r="G317" s="23"/>
       <c r="H317" s="23"/>
       <c r="I317" s="23"/>
       <c r="J317" s="23"/>
       <c r="K317" s="23"/>
       <c r="L317" s="23"/>
       <c r="M317" s="23"/>
       <c r="N317" s="23"/>
       <c r="O317" s="23"/>
       <c r="P317" s="23"/>
       <c r="Q317" s="23"/>
       <c r="R317" s="23"/>
       <c r="S317" s="23"/>
       <c r="T317" s="23"/>
       <c r="U317" s="23"/>
       <c r="V317" s="23"/>
       <c r="W317" s="23"/>
       <c r="X317" s="23"/>
       <c r="Y317" s="23"/>
     </row>
     <row r="318">
-      <c r="A318" s="51">
-[...3 lines deleted...]
-        <v>440</v>
+      <c r="A318" s="44">
+        <v>6.0423006E8</v>
+      </c>
+      <c r="B318" s="30" t="s">
+        <v>441</v>
       </c>
       <c r="C318" s="21" t="s">
         <v>416</v>
       </c>
       <c r="D318" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E318" s="23"/>
       <c r="F318" s="23"/>
       <c r="G318" s="23"/>
       <c r="H318" s="23"/>
       <c r="I318" s="23"/>
       <c r="J318" s="23"/>
       <c r="K318" s="23"/>
       <c r="L318" s="23"/>
       <c r="M318" s="23"/>
       <c r="N318" s="23"/>
       <c r="O318" s="23"/>
       <c r="P318" s="23"/>
       <c r="Q318" s="23"/>
       <c r="R318" s="23"/>
       <c r="S318" s="23"/>
       <c r="T318" s="23"/>
       <c r="U318" s="23"/>
       <c r="V318" s="23"/>
       <c r="W318" s="23"/>
       <c r="X318" s="23"/>
       <c r="Y318" s="23"/>
     </row>
     <row r="319">
-      <c r="A319" s="51">
-[...3 lines deleted...]
-        <v>441</v>
+      <c r="A319" s="44">
+        <v>6.04230036E8</v>
+      </c>
+      <c r="B319" s="30" t="s">
+        <v>442</v>
       </c>
       <c r="C319" s="21" t="s">
-        <v>88</v>
+        <v>416</v>
       </c>
       <c r="D319" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E319" s="23"/>
       <c r="F319" s="23"/>
       <c r="G319" s="23"/>
       <c r="H319" s="23"/>
       <c r="I319" s="23"/>
       <c r="J319" s="23"/>
       <c r="K319" s="23"/>
       <c r="L319" s="23"/>
       <c r="M319" s="23"/>
       <c r="N319" s="23"/>
       <c r="O319" s="23"/>
       <c r="P319" s="23"/>
       <c r="Q319" s="23"/>
       <c r="R319" s="23"/>
       <c r="S319" s="23"/>
       <c r="T319" s="23"/>
       <c r="U319" s="23"/>
       <c r="V319" s="23"/>
       <c r="W319" s="23"/>
       <c r="X319" s="23"/>
       <c r="Y319" s="23"/>
     </row>
     <row r="320">
-      <c r="A320" s="68">
-[...5 lines deleted...]
-      <c r="C320" s="82" t="s">
+      <c r="A320" s="51">
+        <v>6.04430019E8</v>
+      </c>
+      <c r="B320" s="20" t="s">
         <v>443</v>
       </c>
+      <c r="C320" s="21" t="s">
+        <v>419</v>
+      </c>
       <c r="D320" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E320" s="23"/>
       <c r="F320" s="23"/>
       <c r="G320" s="23"/>
       <c r="H320" s="23"/>
       <c r="I320" s="23"/>
       <c r="J320" s="23"/>
       <c r="K320" s="23"/>
       <c r="L320" s="23"/>
       <c r="M320" s="23"/>
       <c r="N320" s="23"/>
       <c r="O320" s="23"/>
       <c r="P320" s="23"/>
       <c r="Q320" s="23"/>
       <c r="R320" s="23"/>
       <c r="S320" s="23"/>
       <c r="T320" s="23"/>
       <c r="U320" s="23"/>
       <c r="V320" s="23"/>
       <c r="W320" s="23"/>
       <c r="X320" s="23"/>
       <c r="Y320" s="23"/>
     </row>
     <row r="321">
       <c r="A321" s="51">
-        <v>6.04540019E8</v>
-[...1 lines deleted...]
-      <c r="B321" s="24" t="s">
+        <v>6.04370032E8</v>
+      </c>
+      <c r="B321" s="20" t="s">
         <v>444</v>
       </c>
-      <c r="C321" s="24" t="s">
-        <v>445</v>
+      <c r="C321" s="21" t="s">
+        <v>88</v>
       </c>
       <c r="D321" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E321" s="23"/>
       <c r="F321" s="23"/>
       <c r="G321" s="23"/>
       <c r="H321" s="23"/>
       <c r="I321" s="23"/>
       <c r="J321" s="23"/>
       <c r="K321" s="23"/>
       <c r="L321" s="23"/>
       <c r="M321" s="23"/>
       <c r="N321" s="23"/>
       <c r="O321" s="23"/>
       <c r="P321" s="23"/>
       <c r="Q321" s="23"/>
       <c r="R321" s="23"/>
       <c r="S321" s="23"/>
       <c r="T321" s="23"/>
       <c r="U321" s="23"/>
       <c r="V321" s="23"/>
       <c r="W321" s="23"/>
       <c r="X321" s="23"/>
       <c r="Y321" s="23"/>
     </row>
     <row r="322">
-      <c r="A322" s="51">
-[...2 lines deleted...]
-      <c r="B322" s="83" t="s">
+      <c r="A322" s="73">
+        <v>4.201060127E9</v>
+      </c>
+      <c r="B322" s="59" t="s">
+        <v>445</v>
+      </c>
+      <c r="C322" s="83" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="D322" s="24" t="s">
         <v>7</v>
       </c>
       <c r="E322" s="23"/>
       <c r="F322" s="23"/>
       <c r="G322" s="23"/>
       <c r="H322" s="23"/>
       <c r="I322" s="23"/>
       <c r="J322" s="23"/>
       <c r="K322" s="23"/>
       <c r="L322" s="23"/>
       <c r="M322" s="23"/>
       <c r="N322" s="23"/>
       <c r="O322" s="23"/>
       <c r="P322" s="23"/>
       <c r="Q322" s="23"/>
       <c r="R322" s="23"/>
       <c r="S322" s="23"/>
       <c r="T322" s="23"/>
       <c r="U322" s="23"/>
       <c r="V322" s="23"/>
       <c r="W322" s="23"/>
       <c r="X322" s="23"/>
       <c r="Y322" s="23"/>
     </row>
     <row r="323">
       <c r="A323" s="51">
-        <v>6.04690053E8</v>
-[...1 lines deleted...]
-      <c r="B323" s="83" t="s">
+        <v>6.04540019E8</v>
+      </c>
+      <c r="B323" s="24" t="s">
         <v>447</v>
       </c>
-      <c r="C323" s="40" t="s">
-        <v>151</v>
+      <c r="C323" s="24" t="s">
+        <v>448</v>
       </c>
       <c r="D323" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E323" s="23"/>
       <c r="F323" s="23"/>
       <c r="G323" s="23"/>
       <c r="H323" s="23"/>
       <c r="I323" s="23"/>
       <c r="J323" s="23"/>
       <c r="K323" s="23"/>
       <c r="L323" s="23"/>
       <c r="M323" s="23"/>
       <c r="N323" s="23"/>
       <c r="O323" s="23"/>
       <c r="P323" s="23"/>
       <c r="Q323" s="23"/>
       <c r="R323" s="23"/>
       <c r="S323" s="23"/>
       <c r="T323" s="23"/>
       <c r="U323" s="23"/>
       <c r="V323" s="23"/>
       <c r="W323" s="23"/>
       <c r="X323" s="23"/>
       <c r="Y323" s="23"/>
     </row>
     <row r="324">
-      <c r="A324" s="68">
-[...6 lines deleted...]
-        <v>405</v>
+      <c r="A324" s="51">
+        <v>6.04690045E8</v>
+      </c>
+      <c r="B324" s="84" t="s">
+        <v>449</v>
+      </c>
+      <c r="C324" s="40" t="s">
+        <v>153</v>
       </c>
       <c r="D324" s="24" t="s">
         <v>7</v>
       </c>
       <c r="E324" s="23"/>
       <c r="F324" s="23"/>
       <c r="G324" s="23"/>
       <c r="H324" s="23"/>
       <c r="I324" s="23"/>
       <c r="J324" s="23"/>
       <c r="K324" s="23"/>
       <c r="L324" s="23"/>
       <c r="M324" s="23"/>
       <c r="N324" s="23"/>
       <c r="O324" s="23"/>
       <c r="P324" s="23"/>
       <c r="Q324" s="23"/>
       <c r="R324" s="23"/>
       <c r="S324" s="23"/>
       <c r="T324" s="23"/>
       <c r="U324" s="23"/>
       <c r="V324" s="23"/>
       <c r="W324" s="23"/>
       <c r="X324" s="23"/>
       <c r="Y324" s="23"/>
     </row>
     <row r="325">
-      <c r="A325" s="44">
-[...6 lines deleted...]
-        <v>416</v>
+      <c r="A325" s="51">
+        <v>6.04690053E8</v>
+      </c>
+      <c r="B325" s="84" t="s">
+        <v>450</v>
+      </c>
+      <c r="C325" s="40" t="s">
+        <v>153</v>
       </c>
       <c r="D325" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E325" s="23"/>
       <c r="F325" s="23"/>
       <c r="G325" s="23"/>
       <c r="H325" s="23"/>
       <c r="I325" s="23"/>
       <c r="J325" s="23"/>
       <c r="K325" s="23"/>
       <c r="L325" s="23"/>
       <c r="M325" s="23"/>
       <c r="N325" s="23"/>
       <c r="O325" s="23"/>
       <c r="P325" s="23"/>
       <c r="Q325" s="23"/>
       <c r="R325" s="23"/>
       <c r="S325" s="23"/>
       <c r="T325" s="23"/>
       <c r="U325" s="23"/>
       <c r="V325" s="23"/>
       <c r="W325" s="23"/>
       <c r="X325" s="23"/>
       <c r="Y325" s="23"/>
     </row>
     <row r="326">
-      <c r="A326" s="31"/>
-[...2 lines deleted...]
-        <v>450</v>
+      <c r="A326" s="73">
+        <v>6.04790023E8</v>
+      </c>
+      <c r="B326" s="22" t="s">
+        <v>451</v>
+      </c>
+      <c r="C326" s="22" t="s">
+        <v>408</v>
       </c>
       <c r="D326" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E326" s="23"/>
       <c r="F326" s="23"/>
       <c r="G326" s="23"/>
       <c r="H326" s="23"/>
       <c r="I326" s="23"/>
       <c r="J326" s="23"/>
       <c r="K326" s="23"/>
       <c r="L326" s="23"/>
       <c r="M326" s="23"/>
       <c r="N326" s="23"/>
       <c r="O326" s="23"/>
       <c r="P326" s="23"/>
       <c r="Q326" s="23"/>
       <c r="R326" s="23"/>
       <c r="S326" s="23"/>
       <c r="T326" s="23"/>
       <c r="U326" s="23"/>
       <c r="V326" s="23"/>
       <c r="W326" s="23"/>
       <c r="X326" s="23"/>
       <c r="Y326" s="23"/>
     </row>
     <row r="327">
       <c r="A327" s="44">
-        <v>6.04510012E8</v>
-[...4 lines deleted...]
-      <c r="C327" s="28" t="s">
+        <v>6.04160054E8</v>
+      </c>
+      <c r="B327" s="30" t="s">
         <v>452</v>
+      </c>
+      <c r="C327" s="24" t="s">
+        <v>419</v>
       </c>
       <c r="D327" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E327" s="23"/>
       <c r="F327" s="23"/>
       <c r="G327" s="23"/>
       <c r="H327" s="23"/>
       <c r="I327" s="23"/>
       <c r="J327" s="23"/>
       <c r="K327" s="23"/>
       <c r="L327" s="23"/>
       <c r="M327" s="23"/>
       <c r="N327" s="23"/>
       <c r="O327" s="23"/>
       <c r="P327" s="23"/>
       <c r="Q327" s="23"/>
       <c r="R327" s="23"/>
       <c r="S327" s="23"/>
       <c r="T327" s="23"/>
       <c r="U327" s="23"/>
       <c r="V327" s="23"/>
       <c r="W327" s="23"/>
       <c r="X327" s="23"/>
       <c r="Y327" s="23"/>
     </row>
     <row r="328">
-      <c r="A328" s="51">
-[...2 lines deleted...]
-      <c r="B328" s="59" t="s">
+      <c r="A328" s="31"/>
+      <c r="B328" s="31"/>
+      <c r="C328" s="24" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
       <c r="D328" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E328" s="23"/>
       <c r="F328" s="23"/>
       <c r="G328" s="23"/>
       <c r="H328" s="23"/>
       <c r="I328" s="23"/>
       <c r="J328" s="23"/>
       <c r="K328" s="23"/>
       <c r="L328" s="23"/>
       <c r="M328" s="23"/>
       <c r="N328" s="23"/>
       <c r="O328" s="23"/>
       <c r="P328" s="23"/>
       <c r="Q328" s="23"/>
       <c r="R328" s="23"/>
       <c r="S328" s="23"/>
       <c r="T328" s="23"/>
       <c r="U328" s="23"/>
       <c r="V328" s="23"/>
       <c r="W328" s="23"/>
       <c r="X328" s="23"/>
       <c r="Y328" s="23"/>
     </row>
     <row r="329">
       <c r="A329" s="44">
-        <v>6.0451002E8</v>
-[...1 lines deleted...]
-      <c r="B329" s="30" t="s">
+        <v>6.04510012E8</v>
+      </c>
+      <c r="B329" s="24" t="s">
+        <v>454</v>
+      </c>
+      <c r="C329" s="28" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
       <c r="D329" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E329" s="23"/>
       <c r="F329" s="23"/>
       <c r="G329" s="23"/>
       <c r="H329" s="23"/>
       <c r="I329" s="23"/>
       <c r="J329" s="23"/>
       <c r="K329" s="23"/>
       <c r="L329" s="23"/>
       <c r="M329" s="23"/>
       <c r="N329" s="23"/>
       <c r="O329" s="23"/>
       <c r="P329" s="23"/>
       <c r="Q329" s="23"/>
       <c r="R329" s="23"/>
       <c r="S329" s="23"/>
       <c r="T329" s="23"/>
       <c r="U329" s="23"/>
       <c r="V329" s="23"/>
       <c r="W329" s="23"/>
       <c r="X329" s="23"/>
       <c r="Y329" s="23"/>
     </row>
     <row r="330">
       <c r="A330" s="51">
-        <v>6.04680023E8</v>
-[...1 lines deleted...]
-      <c r="B330" s="20" t="s">
+        <v>6.04510047E8</v>
+      </c>
+      <c r="B330" s="63" t="s">
         <v>456</v>
       </c>
       <c r="C330" s="21" t="s">
-        <v>6</v>
+        <v>457</v>
       </c>
       <c r="D330" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E330" s="23"/>
       <c r="F330" s="23"/>
       <c r="G330" s="23"/>
       <c r="H330" s="23"/>
       <c r="I330" s="23"/>
       <c r="J330" s="23"/>
       <c r="K330" s="23"/>
       <c r="L330" s="23"/>
       <c r="M330" s="23"/>
       <c r="N330" s="23"/>
       <c r="O330" s="23"/>
       <c r="P330" s="23"/>
       <c r="Q330" s="23"/>
       <c r="R330" s="23"/>
       <c r="S330" s="23"/>
       <c r="T330" s="23"/>
       <c r="U330" s="23"/>
       <c r="V330" s="23"/>
       <c r="W330" s="23"/>
       <c r="X330" s="23"/>
       <c r="Y330" s="23"/>
     </row>
     <row r="331">
-      <c r="A331" s="51">
-[...3 lines deleted...]
-        <v>457</v>
+      <c r="A331" s="44">
+        <v>6.0451002E8</v>
+      </c>
+      <c r="B331" s="30" t="s">
+        <v>458</v>
       </c>
       <c r="C331" s="21" t="s">
-        <v>6</v>
+        <v>455</v>
       </c>
       <c r="D331" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E331" s="23"/>
       <c r="F331" s="23"/>
       <c r="G331" s="23"/>
       <c r="H331" s="23"/>
       <c r="I331" s="23"/>
       <c r="J331" s="23"/>
       <c r="K331" s="23"/>
       <c r="L331" s="23"/>
       <c r="M331" s="23"/>
       <c r="N331" s="23"/>
       <c r="O331" s="23"/>
       <c r="P331" s="23"/>
       <c r="Q331" s="23"/>
       <c r="R331" s="23"/>
       <c r="S331" s="23"/>
       <c r="T331" s="23"/>
       <c r="U331" s="23"/>
       <c r="V331" s="23"/>
       <c r="W331" s="23"/>
       <c r="X331" s="23"/>
       <c r="Y331" s="23"/>
     </row>
     <row r="332">
       <c r="A332" s="51">
-        <v>6.04130066E8</v>
+        <v>6.04680023E8</v>
       </c>
       <c r="B332" s="20" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C332" s="21" t="s">
-        <v>236</v>
+        <v>6</v>
       </c>
       <c r="D332" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E332" s="23"/>
       <c r="F332" s="23"/>
       <c r="G332" s="23"/>
       <c r="H332" s="23"/>
       <c r="I332" s="23"/>
       <c r="J332" s="23"/>
       <c r="K332" s="23"/>
       <c r="L332" s="23"/>
       <c r="M332" s="23"/>
       <c r="N332" s="23"/>
       <c r="O332" s="23"/>
       <c r="P332" s="23"/>
       <c r="Q332" s="23"/>
       <c r="R332" s="23"/>
       <c r="S332" s="23"/>
       <c r="T332" s="23"/>
       <c r="U332" s="23"/>
       <c r="V332" s="23"/>
       <c r="W332" s="23"/>
       <c r="X332" s="23"/>
       <c r="Y332" s="23"/>
     </row>
     <row r="333">
       <c r="A333" s="51">
-        <v>6.04130139E8</v>
+        <v>6.04680031E8</v>
       </c>
       <c r="B333" s="20" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C333" s="21" t="s">
-        <v>236</v>
+        <v>6</v>
       </c>
       <c r="D333" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E333" s="23"/>
       <c r="F333" s="23"/>
       <c r="G333" s="23"/>
       <c r="H333" s="23"/>
       <c r="I333" s="23"/>
       <c r="J333" s="23"/>
       <c r="K333" s="23"/>
       <c r="L333" s="23"/>
       <c r="M333" s="23"/>
       <c r="N333" s="23"/>
       <c r="O333" s="23"/>
       <c r="P333" s="23"/>
       <c r="Q333" s="23"/>
       <c r="R333" s="23"/>
       <c r="S333" s="23"/>
       <c r="T333" s="23"/>
       <c r="U333" s="23"/>
       <c r="V333" s="23"/>
       <c r="W333" s="23"/>
       <c r="X333" s="23"/>
       <c r="Y333" s="23"/>
     </row>
     <row r="334">
-      <c r="A334" s="51">
-[...9 lines deleted...]
-        <v>11</v>
+      <c r="A334" s="85">
+        <v>6.04680074E8</v>
+      </c>
+      <c r="B334" s="53" t="s">
+        <v>461</v>
+      </c>
+      <c r="C334" s="54" t="s">
+        <v>462</v>
+      </c>
+      <c r="D334" s="55" t="s">
+        <v>7</v>
       </c>
       <c r="E334" s="23"/>
       <c r="F334" s="23"/>
       <c r="G334" s="23"/>
       <c r="H334" s="23"/>
       <c r="I334" s="23"/>
       <c r="J334" s="23"/>
       <c r="K334" s="23"/>
       <c r="L334" s="23"/>
       <c r="M334" s="23"/>
       <c r="N334" s="23"/>
       <c r="O334" s="23"/>
       <c r="P334" s="23"/>
       <c r="Q334" s="23"/>
       <c r="R334" s="23"/>
       <c r="S334" s="23"/>
       <c r="T334" s="23"/>
       <c r="U334" s="23"/>
       <c r="V334" s="23"/>
       <c r="W334" s="23"/>
       <c r="X334" s="23"/>
       <c r="Y334" s="23"/>
     </row>
     <row r="335">
-      <c r="A335" s="51">
-[...9 lines deleted...]
-        <v>11</v>
+      <c r="A335" s="85">
+        <v>6.0468004E8</v>
+      </c>
+      <c r="B335" s="53" t="s">
+        <v>463</v>
+      </c>
+      <c r="C335" s="54" t="s">
+        <v>462</v>
+      </c>
+      <c r="D335" s="55" t="s">
+        <v>7</v>
       </c>
       <c r="E335" s="23"/>
       <c r="F335" s="23"/>
       <c r="G335" s="23"/>
       <c r="H335" s="23"/>
       <c r="I335" s="23"/>
       <c r="J335" s="23"/>
       <c r="K335" s="23"/>
       <c r="L335" s="23"/>
       <c r="M335" s="23"/>
       <c r="N335" s="23"/>
       <c r="O335" s="23"/>
       <c r="P335" s="23"/>
       <c r="Q335" s="23"/>
       <c r="R335" s="23"/>
       <c r="S335" s="23"/>
       <c r="T335" s="23"/>
       <c r="U335" s="23"/>
       <c r="V335" s="23"/>
       <c r="W335" s="23"/>
       <c r="X335" s="23"/>
       <c r="Y335" s="23"/>
     </row>
     <row r="336">
       <c r="A336" s="51">
-        <v>6.0413009E8</v>
+        <v>6.04130066E8</v>
       </c>
       <c r="B336" s="20" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C336" s="21" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D336" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E336" s="23"/>
       <c r="F336" s="23"/>
       <c r="G336" s="23"/>
       <c r="H336" s="23"/>
       <c r="I336" s="23"/>
       <c r="J336" s="23"/>
       <c r="K336" s="23"/>
       <c r="L336" s="23"/>
       <c r="M336" s="23"/>
       <c r="N336" s="23"/>
       <c r="O336" s="23"/>
       <c r="P336" s="23"/>
       <c r="Q336" s="23"/>
       <c r="R336" s="23"/>
       <c r="S336" s="23"/>
       <c r="T336" s="23"/>
       <c r="U336" s="23"/>
       <c r="V336" s="23"/>
       <c r="W336" s="23"/>
       <c r="X336" s="23"/>
       <c r="Y336" s="23"/>
     </row>
     <row r="337">
       <c r="A337" s="51">
-        <v>6.04130104E8</v>
+        <v>6.04130139E8</v>
       </c>
       <c r="B337" s="20" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C337" s="21" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D337" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E337" s="23"/>
       <c r="F337" s="23"/>
       <c r="G337" s="23"/>
       <c r="H337" s="23"/>
       <c r="I337" s="23"/>
       <c r="J337" s="23"/>
       <c r="K337" s="23"/>
       <c r="L337" s="23"/>
       <c r="M337" s="23"/>
       <c r="N337" s="23"/>
       <c r="O337" s="23"/>
       <c r="P337" s="23"/>
       <c r="Q337" s="23"/>
       <c r="R337" s="23"/>
       <c r="S337" s="23"/>
       <c r="T337" s="23"/>
       <c r="U337" s="23"/>
       <c r="V337" s="23"/>
       <c r="W337" s="23"/>
       <c r="X337" s="23"/>
       <c r="Y337" s="23"/>
     </row>
     <row r="338">
       <c r="A338" s="51">
-        <v>6.0413012E8</v>
+        <v>6.04130074E8</v>
       </c>
       <c r="B338" s="20" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C338" s="21" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D338" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E338" s="23"/>
       <c r="F338" s="23"/>
       <c r="G338" s="23"/>
       <c r="H338" s="23"/>
       <c r="I338" s="23"/>
       <c r="J338" s="23"/>
       <c r="K338" s="23"/>
       <c r="L338" s="23"/>
       <c r="M338" s="23"/>
       <c r="N338" s="23"/>
       <c r="O338" s="23"/>
       <c r="P338" s="23"/>
       <c r="Q338" s="23"/>
       <c r="R338" s="23"/>
       <c r="S338" s="23"/>
       <c r="T338" s="23"/>
       <c r="U338" s="23"/>
       <c r="V338" s="23"/>
       <c r="W338" s="23"/>
       <c r="X338" s="23"/>
       <c r="Y338" s="23"/>
     </row>
     <row r="339">
-      <c r="A339" s="84">
-[...9 lines deleted...]
-        <v>7</v>
+      <c r="A339" s="51">
+        <v>6.04130082E8</v>
+      </c>
+      <c r="B339" s="20" t="s">
+        <v>467</v>
+      </c>
+      <c r="C339" s="21" t="s">
+        <v>238</v>
+      </c>
+      <c r="D339" s="24" t="s">
+        <v>11</v>
       </c>
       <c r="E339" s="23"/>
       <c r="F339" s="23"/>
       <c r="G339" s="23"/>
       <c r="H339" s="23"/>
       <c r="I339" s="23"/>
       <c r="J339" s="23"/>
       <c r="K339" s="23"/>
       <c r="L339" s="23"/>
       <c r="M339" s="23"/>
       <c r="N339" s="23"/>
       <c r="O339" s="23"/>
       <c r="P339" s="23"/>
       <c r="Q339" s="23"/>
       <c r="R339" s="23"/>
       <c r="S339" s="23"/>
       <c r="T339" s="23"/>
       <c r="U339" s="23"/>
       <c r="V339" s="23"/>
       <c r="W339" s="23"/>
       <c r="X339" s="23"/>
       <c r="Y339" s="23"/>
     </row>
     <row r="340">
       <c r="A340" s="51">
-        <v>6.04260016E8</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>6.0413009E8</v>
+      </c>
+      <c r="B340" s="20" t="s">
+        <v>468</v>
       </c>
       <c r="C340" s="21" t="s">
-        <v>468</v>
+        <v>238</v>
       </c>
       <c r="D340" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E340" s="23"/>
       <c r="F340" s="23"/>
       <c r="G340" s="23"/>
       <c r="H340" s="23"/>
       <c r="I340" s="23"/>
       <c r="J340" s="23"/>
       <c r="K340" s="23"/>
       <c r="L340" s="23"/>
       <c r="M340" s="23"/>
       <c r="N340" s="23"/>
       <c r="O340" s="23"/>
       <c r="P340" s="23"/>
       <c r="Q340" s="23"/>
       <c r="R340" s="23"/>
       <c r="S340" s="23"/>
       <c r="T340" s="23"/>
       <c r="U340" s="23"/>
       <c r="V340" s="23"/>
       <c r="W340" s="23"/>
       <c r="X340" s="23"/>
       <c r="Y340" s="23"/>
     </row>
     <row r="341">
       <c r="A341" s="51">
-        <v>6.04830017E8</v>
+        <v>6.04130104E8</v>
       </c>
       <c r="B341" s="20" t="s">
         <v>469</v>
       </c>
       <c r="C341" s="21" t="s">
-        <v>470</v>
+        <v>238</v>
       </c>
       <c r="D341" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E341" s="23"/>
       <c r="F341" s="23"/>
       <c r="G341" s="23"/>
       <c r="H341" s="23"/>
       <c r="I341" s="23"/>
       <c r="J341" s="23"/>
       <c r="K341" s="23"/>
       <c r="L341" s="23"/>
       <c r="M341" s="23"/>
       <c r="N341" s="23"/>
       <c r="O341" s="23"/>
       <c r="P341" s="23"/>
       <c r="Q341" s="23"/>
       <c r="R341" s="23"/>
       <c r="S341" s="23"/>
       <c r="T341" s="23"/>
       <c r="U341" s="23"/>
       <c r="V341" s="23"/>
       <c r="W341" s="23"/>
       <c r="X341" s="23"/>
       <c r="Y341" s="23"/>
     </row>
     <row r="342">
       <c r="A342" s="51">
-        <v>6.04830025E8</v>
+        <v>6.0413012E8</v>
       </c>
       <c r="B342" s="20" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="C342" s="21" t="s">
-        <v>470</v>
+        <v>238</v>
       </c>
       <c r="D342" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E342" s="23"/>
       <c r="F342" s="23"/>
       <c r="G342" s="23"/>
       <c r="H342" s="23"/>
       <c r="I342" s="23"/>
       <c r="J342" s="23"/>
       <c r="K342" s="23"/>
       <c r="L342" s="23"/>
       <c r="M342" s="23"/>
       <c r="N342" s="23"/>
       <c r="O342" s="23"/>
       <c r="P342" s="23"/>
       <c r="Q342" s="23"/>
       <c r="R342" s="23"/>
       <c r="S342" s="23"/>
       <c r="T342" s="23"/>
       <c r="U342" s="23"/>
       <c r="V342" s="23"/>
       <c r="W342" s="23"/>
       <c r="X342" s="23"/>
       <c r="Y342" s="23"/>
     </row>
     <row r="343">
-      <c r="A343" s="51">
-[...2 lines deleted...]
-      <c r="B343" s="20" t="s">
+      <c r="A343" s="81">
+        <v>6.04870043E8</v>
+      </c>
+      <c r="B343" s="22" t="s">
+        <v>471</v>
+      </c>
+      <c r="C343" s="33" t="s">
         <v>472</v>
       </c>
-      <c r="C343" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D343" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E343" s="23"/>
       <c r="F343" s="23"/>
       <c r="G343" s="23"/>
       <c r="H343" s="23"/>
       <c r="I343" s="23"/>
       <c r="J343" s="23"/>
       <c r="K343" s="23"/>
       <c r="L343" s="23"/>
       <c r="M343" s="23"/>
       <c r="N343" s="23"/>
       <c r="O343" s="23"/>
       <c r="P343" s="23"/>
       <c r="Q343" s="23"/>
       <c r="R343" s="23"/>
       <c r="S343" s="23"/>
       <c r="T343" s="23"/>
       <c r="U343" s="23"/>
       <c r="V343" s="23"/>
       <c r="W343" s="23"/>
       <c r="X343" s="23"/>
       <c r="Y343" s="23"/>
     </row>
     <row r="344">
       <c r="A344" s="51">
-        <v>6.04630069E8</v>
-[...1 lines deleted...]
-      <c r="B344" s="20" t="s">
+        <v>6.04260016E8</v>
+      </c>
+      <c r="B344" s="59" t="s">
         <v>473</v>
       </c>
       <c r="C344" s="21" t="s">
-        <v>210</v>
+        <v>474</v>
       </c>
       <c r="D344" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E344" s="23"/>
       <c r="F344" s="23"/>
       <c r="G344" s="23"/>
       <c r="H344" s="23"/>
       <c r="I344" s="23"/>
       <c r="J344" s="23"/>
       <c r="K344" s="23"/>
       <c r="L344" s="23"/>
       <c r="M344" s="23"/>
       <c r="N344" s="23"/>
       <c r="O344" s="23"/>
       <c r="P344" s="23"/>
       <c r="Q344" s="23"/>
       <c r="R344" s="23"/>
       <c r="S344" s="23"/>
       <c r="T344" s="23"/>
       <c r="U344" s="23"/>
       <c r="V344" s="23"/>
       <c r="W344" s="23"/>
       <c r="X344" s="23"/>
       <c r="Y344" s="23"/>
     </row>
     <row r="345">
-      <c r="A345" s="44">
-[...3 lines deleted...]
-        <v>474</v>
+      <c r="A345" s="51">
+        <v>6.04830017E8</v>
+      </c>
+      <c r="B345" s="20" t="s">
+        <v>475</v>
       </c>
       <c r="C345" s="21" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D345" s="24" t="s">
-        <v>476</v>
+        <v>11</v>
       </c>
       <c r="E345" s="23"/>
       <c r="F345" s="23"/>
       <c r="G345" s="23"/>
       <c r="H345" s="23"/>
       <c r="I345" s="23"/>
       <c r="J345" s="23"/>
       <c r="K345" s="23"/>
       <c r="L345" s="23"/>
       <c r="M345" s="23"/>
       <c r="N345" s="23"/>
       <c r="O345" s="23"/>
       <c r="P345" s="23"/>
       <c r="Q345" s="23"/>
       <c r="R345" s="23"/>
       <c r="S345" s="23"/>
       <c r="T345" s="23"/>
       <c r="U345" s="23"/>
       <c r="V345" s="23"/>
       <c r="W345" s="23"/>
       <c r="X345" s="23"/>
       <c r="Y345" s="23"/>
     </row>
     <row r="346">
-      <c r="A346" s="29"/>
-      <c r="B346" s="29"/>
+      <c r="A346" s="51">
+        <v>6.04830025E8</v>
+      </c>
+      <c r="B346" s="20" t="s">
+        <v>477</v>
+      </c>
       <c r="C346" s="21" t="s">
-        <v>30</v>
+        <v>476</v>
       </c>
       <c r="D346" s="24" t="s">
-        <v>295</v>
+        <v>11</v>
       </c>
       <c r="E346" s="23"/>
       <c r="F346" s="23"/>
       <c r="G346" s="23"/>
       <c r="H346" s="23"/>
       <c r="I346" s="23"/>
       <c r="J346" s="23"/>
       <c r="K346" s="23"/>
       <c r="L346" s="23"/>
       <c r="M346" s="23"/>
       <c r="N346" s="23"/>
       <c r="O346" s="23"/>
       <c r="P346" s="23"/>
       <c r="Q346" s="23"/>
       <c r="R346" s="23"/>
       <c r="S346" s="23"/>
       <c r="T346" s="23"/>
       <c r="U346" s="23"/>
       <c r="V346" s="23"/>
       <c r="W346" s="23"/>
       <c r="X346" s="23"/>
       <c r="Y346" s="23"/>
     </row>
     <row r="347">
-      <c r="A347" s="31"/>
-      <c r="B347" s="31"/>
+      <c r="A347" s="51">
+        <v>6.04830033E8</v>
+      </c>
+      <c r="B347" s="20" t="s">
+        <v>478</v>
+      </c>
       <c r="C347" s="21" t="s">
-        <v>151</v>
+        <v>476</v>
       </c>
       <c r="D347" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E347" s="23"/>
       <c r="F347" s="23"/>
       <c r="G347" s="23"/>
       <c r="H347" s="23"/>
       <c r="I347" s="23"/>
       <c r="J347" s="23"/>
       <c r="K347" s="23"/>
       <c r="L347" s="23"/>
       <c r="M347" s="23"/>
       <c r="N347" s="23"/>
       <c r="O347" s="23"/>
       <c r="P347" s="23"/>
       <c r="Q347" s="23"/>
       <c r="R347" s="23"/>
       <c r="S347" s="23"/>
       <c r="T347" s="23"/>
       <c r="U347" s="23"/>
       <c r="V347" s="23"/>
       <c r="W347" s="23"/>
       <c r="X347" s="23"/>
       <c r="Y347" s="23"/>
     </row>
     <row r="348">
       <c r="A348" s="51">
-        <v>6.04370016E8</v>
+        <v>6.04630069E8</v>
       </c>
       <c r="B348" s="20" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C348" s="21" t="s">
-        <v>88</v>
+        <v>212</v>
       </c>
       <c r="D348" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E348" s="23"/>
       <c r="F348" s="23"/>
       <c r="G348" s="23"/>
       <c r="H348" s="23"/>
       <c r="I348" s="23"/>
       <c r="J348" s="23"/>
       <c r="K348" s="23"/>
       <c r="L348" s="23"/>
       <c r="M348" s="23"/>
       <c r="N348" s="23"/>
       <c r="O348" s="23"/>
       <c r="P348" s="23"/>
       <c r="Q348" s="23"/>
       <c r="R348" s="23"/>
       <c r="S348" s="23"/>
       <c r="T348" s="23"/>
       <c r="U348" s="23"/>
       <c r="V348" s="23"/>
       <c r="W348" s="23"/>
       <c r="X348" s="23"/>
       <c r="Y348" s="23"/>
     </row>
     <row r="349">
-      <c r="A349" s="68">
-[...6 lines deleted...]
-        <v>91</v>
+      <c r="A349" s="44">
+        <v>6.04690029E8</v>
+      </c>
+      <c r="B349" s="30" t="s">
+        <v>480</v>
+      </c>
+      <c r="C349" s="21" t="s">
+        <v>481</v>
       </c>
       <c r="D349" s="24" t="s">
-        <v>11</v>
+        <v>482</v>
       </c>
       <c r="E349" s="23"/>
       <c r="F349" s="23"/>
       <c r="G349" s="23"/>
       <c r="H349" s="23"/>
       <c r="I349" s="23"/>
       <c r="J349" s="23"/>
       <c r="K349" s="23"/>
       <c r="L349" s="23"/>
       <c r="M349" s="23"/>
       <c r="N349" s="23"/>
       <c r="O349" s="23"/>
       <c r="P349" s="23"/>
       <c r="Q349" s="23"/>
       <c r="R349" s="23"/>
       <c r="S349" s="23"/>
       <c r="T349" s="23"/>
       <c r="U349" s="23"/>
       <c r="V349" s="23"/>
       <c r="W349" s="23"/>
       <c r="X349" s="23"/>
       <c r="Y349" s="23"/>
     </row>
     <row r="350">
-      <c r="A350" s="68">
-[...6 lines deleted...]
-        <v>91</v>
+      <c r="A350" s="29"/>
+      <c r="B350" s="29"/>
+      <c r="C350" s="21" t="s">
+        <v>30</v>
       </c>
       <c r="D350" s="24" t="s">
-        <v>11</v>
+        <v>298</v>
       </c>
       <c r="E350" s="23"/>
       <c r="F350" s="23"/>
       <c r="G350" s="23"/>
       <c r="H350" s="23"/>
       <c r="I350" s="23"/>
       <c r="J350" s="23"/>
       <c r="K350" s="23"/>
       <c r="L350" s="23"/>
       <c r="M350" s="23"/>
       <c r="N350" s="23"/>
       <c r="O350" s="23"/>
       <c r="P350" s="23"/>
       <c r="Q350" s="23"/>
       <c r="R350" s="23"/>
       <c r="S350" s="23"/>
       <c r="T350" s="23"/>
       <c r="U350" s="23"/>
       <c r="V350" s="23"/>
       <c r="W350" s="23"/>
       <c r="X350" s="23"/>
       <c r="Y350" s="23"/>
     </row>
     <row r="351">
-      <c r="A351" s="68">
-[...6 lines deleted...]
-        <v>91</v>
+      <c r="A351" s="31"/>
+      <c r="B351" s="31"/>
+      <c r="C351" s="21" t="s">
+        <v>153</v>
       </c>
       <c r="D351" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E351" s="23"/>
       <c r="F351" s="23"/>
       <c r="G351" s="23"/>
       <c r="H351" s="23"/>
       <c r="I351" s="23"/>
       <c r="J351" s="23"/>
       <c r="K351" s="23"/>
       <c r="L351" s="23"/>
       <c r="M351" s="23"/>
       <c r="N351" s="23"/>
       <c r="O351" s="23"/>
       <c r="P351" s="23"/>
       <c r="Q351" s="23"/>
       <c r="R351" s="23"/>
       <c r="S351" s="23"/>
       <c r="T351" s="23"/>
       <c r="U351" s="23"/>
       <c r="V351" s="23"/>
       <c r="W351" s="23"/>
       <c r="X351" s="23"/>
       <c r="Y351" s="23"/>
     </row>
     <row r="352">
-      <c r="A352" s="68">
-[...6 lines deleted...]
-        <v>91</v>
+      <c r="A352" s="51">
+        <v>6.04370016E8</v>
+      </c>
+      <c r="B352" s="20" t="s">
+        <v>483</v>
+      </c>
+      <c r="C352" s="21" t="s">
+        <v>88</v>
       </c>
       <c r="D352" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E352" s="23"/>
       <c r="F352" s="23"/>
       <c r="G352" s="23"/>
       <c r="H352" s="23"/>
       <c r="I352" s="23"/>
       <c r="J352" s="23"/>
       <c r="K352" s="23"/>
       <c r="L352" s="23"/>
       <c r="M352" s="23"/>
       <c r="N352" s="23"/>
       <c r="O352" s="23"/>
       <c r="P352" s="23"/>
       <c r="Q352" s="23"/>
       <c r="R352" s="23"/>
       <c r="S352" s="23"/>
       <c r="T352" s="23"/>
       <c r="U352" s="23"/>
       <c r="V352" s="23"/>
       <c r="W352" s="23"/>
       <c r="X352" s="23"/>
       <c r="Y352" s="23"/>
     </row>
     <row r="353">
-      <c r="A353" s="68">
-[...3 lines deleted...]
-        <v>482</v>
+      <c r="A353" s="73">
+        <v>6.0433003E8</v>
+      </c>
+      <c r="B353" s="59" t="s">
+        <v>484</v>
       </c>
       <c r="C353" s="86" t="s">
         <v>91</v>
       </c>
       <c r="D353" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E353" s="23"/>
       <c r="F353" s="23"/>
       <c r="G353" s="23"/>
       <c r="H353" s="23"/>
       <c r="I353" s="23"/>
       <c r="J353" s="23"/>
       <c r="K353" s="23"/>
       <c r="L353" s="23"/>
       <c r="M353" s="23"/>
       <c r="N353" s="23"/>
       <c r="O353" s="23"/>
       <c r="P353" s="23"/>
       <c r="Q353" s="23"/>
       <c r="R353" s="23"/>
       <c r="S353" s="23"/>
       <c r="T353" s="23"/>
       <c r="U353" s="23"/>
       <c r="V353" s="23"/>
       <c r="W353" s="23"/>
       <c r="X353" s="23"/>
       <c r="Y353" s="23"/>
     </row>
     <row r="354">
-      <c r="A354" s="68">
-[...3 lines deleted...]
-        <v>483</v>
+      <c r="A354" s="73">
+        <v>6.04330049E8</v>
+      </c>
+      <c r="B354" s="59" t="s">
+        <v>485</v>
       </c>
       <c r="C354" s="86" t="s">
         <v>91</v>
       </c>
       <c r="D354" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E354" s="23"/>
       <c r="F354" s="23"/>
       <c r="G354" s="23"/>
       <c r="H354" s="23"/>
       <c r="I354" s="23"/>
       <c r="J354" s="23"/>
       <c r="K354" s="23"/>
       <c r="L354" s="23"/>
       <c r="M354" s="23"/>
       <c r="N354" s="23"/>
       <c r="O354" s="23"/>
       <c r="P354" s="23"/>
       <c r="Q354" s="23"/>
       <c r="R354" s="23"/>
       <c r="S354" s="23"/>
       <c r="T354" s="23"/>
       <c r="U354" s="23"/>
       <c r="V354" s="23"/>
       <c r="W354" s="23"/>
       <c r="X354" s="23"/>
       <c r="Y354" s="23"/>
     </row>
     <row r="355">
-      <c r="A355" s="68">
-[...3 lines deleted...]
-        <v>484</v>
+      <c r="A355" s="73">
+        <v>6.04330057E8</v>
+      </c>
+      <c r="B355" s="59" t="s">
+        <v>486</v>
       </c>
       <c r="C355" s="86" t="s">
         <v>91</v>
       </c>
       <c r="D355" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E355" s="23"/>
       <c r="F355" s="23"/>
       <c r="G355" s="23"/>
       <c r="H355" s="23"/>
       <c r="I355" s="23"/>
       <c r="J355" s="23"/>
       <c r="K355" s="23"/>
       <c r="L355" s="23"/>
       <c r="M355" s="23"/>
       <c r="N355" s="23"/>
       <c r="O355" s="23"/>
       <c r="P355" s="23"/>
       <c r="Q355" s="23"/>
       <c r="R355" s="23"/>
       <c r="S355" s="23"/>
       <c r="T355" s="23"/>
       <c r="U355" s="23"/>
       <c r="V355" s="23"/>
       <c r="W355" s="23"/>
       <c r="X355" s="23"/>
       <c r="Y355" s="23"/>
     </row>
     <row r="356">
-      <c r="A356" s="68">
-[...3 lines deleted...]
-        <v>485</v>
+      <c r="A356" s="73">
+        <v>6.04330065E8</v>
+      </c>
+      <c r="B356" s="59" t="s">
+        <v>487</v>
       </c>
       <c r="C356" s="86" t="s">
         <v>91</v>
       </c>
       <c r="D356" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E356" s="23"/>
       <c r="F356" s="23"/>
       <c r="G356" s="23"/>
       <c r="H356" s="23"/>
       <c r="I356" s="23"/>
       <c r="J356" s="23"/>
       <c r="K356" s="23"/>
       <c r="L356" s="23"/>
       <c r="M356" s="23"/>
       <c r="N356" s="23"/>
       <c r="O356" s="23"/>
       <c r="P356" s="23"/>
       <c r="Q356" s="23"/>
       <c r="R356" s="23"/>
       <c r="S356" s="23"/>
       <c r="T356" s="23"/>
       <c r="U356" s="23"/>
       <c r="V356" s="23"/>
       <c r="W356" s="23"/>
       <c r="X356" s="23"/>
       <c r="Y356" s="23"/>
     </row>
     <row r="357">
-      <c r="A357" s="51">
-[...6 lines deleted...]
-        <v>487</v>
+      <c r="A357" s="73">
+        <v>6.04330073E8</v>
+      </c>
+      <c r="B357" s="59" t="s">
+        <v>488</v>
+      </c>
+      <c r="C357" s="86" t="s">
+        <v>91</v>
       </c>
       <c r="D357" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E357" s="23"/>
       <c r="F357" s="23"/>
       <c r="G357" s="23"/>
       <c r="H357" s="23"/>
       <c r="I357" s="23"/>
       <c r="J357" s="23"/>
       <c r="K357" s="23"/>
       <c r="L357" s="23"/>
       <c r="M357" s="23"/>
       <c r="N357" s="23"/>
       <c r="O357" s="23"/>
       <c r="P357" s="23"/>
       <c r="Q357" s="23"/>
       <c r="R357" s="23"/>
       <c r="S357" s="23"/>
       <c r="T357" s="23"/>
       <c r="U357" s="23"/>
       <c r="V357" s="23"/>
       <c r="W357" s="23"/>
       <c r="X357" s="23"/>
       <c r="Y357" s="23"/>
     </row>
     <row r="358">
-      <c r="A358" s="51">
-[...5 lines deleted...]
-      <c r="C358" s="21" t="s">
+      <c r="A358" s="73">
+        <v>6.04330081E8</v>
+      </c>
+      <c r="B358" s="59" t="s">
+        <v>489</v>
+      </c>
+      <c r="C358" s="86" t="s">
         <v>91</v>
       </c>
       <c r="D358" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E358" s="23"/>
       <c r="F358" s="23"/>
       <c r="G358" s="23"/>
       <c r="H358" s="23"/>
       <c r="I358" s="23"/>
       <c r="J358" s="23"/>
       <c r="K358" s="23"/>
       <c r="L358" s="23"/>
       <c r="M358" s="23"/>
       <c r="N358" s="23"/>
       <c r="O358" s="23"/>
       <c r="P358" s="23"/>
       <c r="Q358" s="23"/>
       <c r="R358" s="23"/>
       <c r="S358" s="23"/>
       <c r="T358" s="23"/>
       <c r="U358" s="23"/>
       <c r="V358" s="23"/>
       <c r="W358" s="23"/>
       <c r="X358" s="23"/>
       <c r="Y358" s="23"/>
     </row>
     <row r="359">
-      <c r="A359" s="51">
-[...5 lines deleted...]
-      <c r="C359" s="21" t="s">
+      <c r="A359" s="73">
+        <v>6.04330081E8</v>
+      </c>
+      <c r="B359" s="59" t="s">
         <v>490</v>
+      </c>
+      <c r="C359" s="86" t="s">
+        <v>91</v>
       </c>
       <c r="D359" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E359" s="23"/>
       <c r="F359" s="23"/>
       <c r="G359" s="23"/>
       <c r="H359" s="23"/>
       <c r="I359" s="23"/>
       <c r="J359" s="23"/>
       <c r="K359" s="23"/>
       <c r="L359" s="23"/>
       <c r="M359" s="23"/>
       <c r="N359" s="23"/>
       <c r="O359" s="23"/>
       <c r="P359" s="23"/>
       <c r="Q359" s="23"/>
       <c r="R359" s="23"/>
       <c r="S359" s="23"/>
       <c r="T359" s="23"/>
       <c r="U359" s="23"/>
       <c r="V359" s="23"/>
       <c r="W359" s="23"/>
       <c r="X359" s="23"/>
       <c r="Y359" s="23"/>
     </row>
     <row r="360">
-      <c r="A360" s="44">
-[...2 lines deleted...]
-      <c r="B360" s="32" t="s">
+      <c r="A360" s="73">
+        <v>6.04330103E8</v>
+      </c>
+      <c r="B360" s="59" t="s">
         <v>491</v>
       </c>
-      <c r="C360" s="21" t="s">
-        <v>490</v>
+      <c r="C360" s="86" t="s">
+        <v>91</v>
       </c>
       <c r="D360" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E360" s="23"/>
       <c r="F360" s="23"/>
       <c r="G360" s="23"/>
       <c r="H360" s="23"/>
       <c r="I360" s="23"/>
       <c r="J360" s="23"/>
       <c r="K360" s="23"/>
       <c r="L360" s="23"/>
       <c r="M360" s="23"/>
       <c r="N360" s="23"/>
       <c r="O360" s="23"/>
       <c r="P360" s="23"/>
       <c r="Q360" s="23"/>
       <c r="R360" s="23"/>
       <c r="S360" s="23"/>
       <c r="T360" s="23"/>
       <c r="U360" s="23"/>
       <c r="V360" s="23"/>
       <c r="W360" s="23"/>
       <c r="X360" s="23"/>
       <c r="Y360" s="23"/>
     </row>
     <row r="361">
       <c r="A361" s="51">
-        <v>6.04320086E8</v>
-[...1 lines deleted...]
-      <c r="B361" s="24" t="s">
+        <v>6.04400012E8</v>
+      </c>
+      <c r="B361" s="20" t="s">
         <v>492</v>
       </c>
-      <c r="C361" s="28" t="s">
+      <c r="C361" s="56" t="s">
         <v>493</v>
       </c>
       <c r="D361" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E361" s="23"/>
       <c r="F361" s="23"/>
       <c r="G361" s="23"/>
       <c r="H361" s="23"/>
       <c r="I361" s="23"/>
       <c r="J361" s="23"/>
       <c r="K361" s="23"/>
       <c r="L361" s="23"/>
       <c r="M361" s="23"/>
       <c r="N361" s="23"/>
       <c r="O361" s="23"/>
       <c r="P361" s="23"/>
       <c r="Q361" s="23"/>
       <c r="R361" s="23"/>
       <c r="S361" s="23"/>
       <c r="T361" s="23"/>
       <c r="U361" s="23"/>
       <c r="V361" s="23"/>
       <c r="W361" s="23"/>
       <c r="X361" s="23"/>
       <c r="Y361" s="23"/>
     </row>
     <row r="362">
-      <c r="A362" s="81">
-[...2 lines deleted...]
-      <c r="B362" s="49" t="s">
+      <c r="A362" s="51">
+        <v>6.04350015E8</v>
+      </c>
+      <c r="B362" s="20" t="s">
         <v>494</v>
       </c>
       <c r="C362" s="21" t="s">
-        <v>493</v>
+        <v>91</v>
       </c>
       <c r="D362" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E362" s="23"/>
       <c r="F362" s="23"/>
       <c r="G362" s="23"/>
       <c r="H362" s="23"/>
       <c r="I362" s="23"/>
       <c r="J362" s="23"/>
       <c r="K362" s="23"/>
       <c r="L362" s="23"/>
       <c r="M362" s="23"/>
       <c r="N362" s="23"/>
       <c r="O362" s="23"/>
       <c r="P362" s="23"/>
       <c r="Q362" s="23"/>
       <c r="R362" s="23"/>
       <c r="S362" s="23"/>
       <c r="T362" s="23"/>
       <c r="U362" s="23"/>
       <c r="V362" s="23"/>
       <c r="W362" s="23"/>
       <c r="X362" s="23"/>
       <c r="Y362" s="23"/>
     </row>
     <row r="363">
-      <c r="A363" s="44">
-[...2 lines deleted...]
-      <c r="B363" s="30" t="s">
+      <c r="A363" s="51">
+        <v>6.04350023E8</v>
+      </c>
+      <c r="B363" s="20" t="s">
         <v>495</v>
       </c>
       <c r="C363" s="21" t="s">
         <v>496</v>
       </c>
       <c r="D363" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E363" s="23"/>
       <c r="F363" s="23"/>
       <c r="G363" s="23"/>
       <c r="H363" s="23"/>
       <c r="I363" s="23"/>
       <c r="J363" s="23"/>
       <c r="K363" s="23"/>
       <c r="L363" s="23"/>
       <c r="M363" s="23"/>
       <c r="N363" s="23"/>
       <c r="O363" s="23"/>
       <c r="P363" s="23"/>
       <c r="Q363" s="23"/>
       <c r="R363" s="23"/>
       <c r="S363" s="23"/>
       <c r="T363" s="23"/>
       <c r="U363" s="23"/>
       <c r="V363" s="23"/>
       <c r="W363" s="23"/>
       <c r="X363" s="23"/>
       <c r="Y363" s="23"/>
     </row>
     <row r="364">
       <c r="A364" s="44">
-        <v>6.04610017E8</v>
-[...1 lines deleted...]
-      <c r="B364" s="30" t="s">
+        <v>6.04350031E8</v>
+      </c>
+      <c r="B364" s="32" t="s">
         <v>497</v>
       </c>
       <c r="C364" s="21" t="s">
         <v>496</v>
       </c>
       <c r="D364" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E364" s="23"/>
       <c r="F364" s="23"/>
       <c r="G364" s="23"/>
       <c r="H364" s="23"/>
       <c r="I364" s="23"/>
       <c r="J364" s="23"/>
       <c r="K364" s="23"/>
       <c r="L364" s="23"/>
       <c r="M364" s="23"/>
       <c r="N364" s="23"/>
       <c r="O364" s="23"/>
       <c r="P364" s="23"/>
       <c r="Q364" s="23"/>
       <c r="R364" s="23"/>
       <c r="S364" s="23"/>
       <c r="T364" s="23"/>
       <c r="U364" s="23"/>
       <c r="V364" s="23"/>
       <c r="W364" s="23"/>
       <c r="X364" s="23"/>
       <c r="Y364" s="23"/>
     </row>
     <row r="365">
-      <c r="A365" s="44">
-[...2 lines deleted...]
-      <c r="B365" s="32" t="s">
+      <c r="A365" s="51">
+        <v>6.04320086E8</v>
+      </c>
+      <c r="B365" s="24" t="s">
         <v>498</v>
       </c>
       <c r="C365" s="28" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="D365" s="22" t="s">
         <v>499</v>
+      </c>
+      <c r="D365" s="24" t="s">
+        <v>11</v>
       </c>
       <c r="E365" s="23"/>
       <c r="F365" s="23"/>
       <c r="G365" s="23"/>
       <c r="H365" s="23"/>
       <c r="I365" s="23"/>
       <c r="J365" s="23"/>
       <c r="K365" s="23"/>
       <c r="L365" s="23"/>
       <c r="M365" s="23"/>
       <c r="N365" s="23"/>
       <c r="O365" s="23"/>
       <c r="P365" s="23"/>
       <c r="Q365" s="23"/>
       <c r="R365" s="23"/>
       <c r="S365" s="23"/>
       <c r="T365" s="23"/>
       <c r="U365" s="23"/>
       <c r="V365" s="23"/>
       <c r="W365" s="23"/>
       <c r="X365" s="23"/>
       <c r="Y365" s="23"/>
     </row>
     <row r="366">
-      <c r="A366" s="29"/>
-[...1 lines deleted...]
-      <c r="C366" s="28" t="s">
+      <c r="A366" s="82">
+        <v>6.04320094E8</v>
+      </c>
+      <c r="B366" s="49" t="s">
         <v>500</v>
+      </c>
+      <c r="C366" s="21" t="s">
+        <v>499</v>
       </c>
       <c r="D366" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E366" s="23"/>
       <c r="F366" s="23"/>
       <c r="G366" s="23"/>
       <c r="H366" s="23"/>
       <c r="I366" s="23"/>
       <c r="J366" s="23"/>
       <c r="K366" s="23"/>
       <c r="L366" s="23"/>
       <c r="M366" s="23"/>
       <c r="N366" s="23"/>
       <c r="O366" s="23"/>
       <c r="P366" s="23"/>
       <c r="Q366" s="23"/>
       <c r="R366" s="23"/>
       <c r="S366" s="23"/>
       <c r="T366" s="23"/>
       <c r="U366" s="23"/>
       <c r="V366" s="23"/>
       <c r="W366" s="23"/>
       <c r="X366" s="23"/>
       <c r="Y366" s="23"/>
     </row>
     <row r="367">
-      <c r="A367" s="29"/>
-[...5 lines deleted...]
-        <v>169</v>
+      <c r="A367" s="44">
+        <v>6.04610025E8</v>
+      </c>
+      <c r="B367" s="30" t="s">
+        <v>501</v>
+      </c>
+      <c r="C367" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="D367" s="24" t="s">
+        <v>11</v>
       </c>
       <c r="E367" s="23"/>
       <c r="F367" s="23"/>
       <c r="G367" s="23"/>
       <c r="H367" s="23"/>
       <c r="I367" s="23"/>
       <c r="J367" s="23"/>
       <c r="K367" s="23"/>
       <c r="L367" s="23"/>
       <c r="M367" s="23"/>
       <c r="N367" s="23"/>
       <c r="O367" s="23"/>
       <c r="P367" s="23"/>
       <c r="Q367" s="23"/>
       <c r="R367" s="23"/>
       <c r="S367" s="23"/>
       <c r="T367" s="23"/>
       <c r="U367" s="23"/>
       <c r="V367" s="23"/>
       <c r="W367" s="23"/>
       <c r="X367" s="23"/>
       <c r="Y367" s="23"/>
     </row>
     <row r="368">
-      <c r="A368" s="29"/>
-[...5 lines deleted...]
-        <v>110</v>
+      <c r="A368" s="44">
+        <v>6.04610017E8</v>
+      </c>
+      <c r="B368" s="30" t="s">
+        <v>503</v>
+      </c>
+      <c r="C368" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="D368" s="24" t="s">
+        <v>11</v>
       </c>
       <c r="E368" s="23"/>
       <c r="F368" s="23"/>
       <c r="G368" s="23"/>
       <c r="H368" s="23"/>
       <c r="I368" s="23"/>
       <c r="J368" s="23"/>
       <c r="K368" s="23"/>
       <c r="L368" s="23"/>
       <c r="M368" s="23"/>
       <c r="N368" s="23"/>
       <c r="O368" s="23"/>
       <c r="P368" s="23"/>
       <c r="Q368" s="23"/>
       <c r="R368" s="23"/>
       <c r="S368" s="23"/>
       <c r="T368" s="23"/>
       <c r="U368" s="23"/>
       <c r="V368" s="23"/>
       <c r="W368" s="23"/>
       <c r="X368" s="23"/>
       <c r="Y368" s="23"/>
     </row>
     <row r="369">
-      <c r="A369" s="29"/>
-      <c r="B369" s="7"/>
+      <c r="A369" s="44">
+        <v>6.04010095E8</v>
+      </c>
+      <c r="B369" s="32" t="s">
+        <v>504</v>
+      </c>
       <c r="C369" s="28" t="s">
-        <v>501</v>
+        <v>35</v>
       </c>
       <c r="D369" s="22" t="s">
-        <v>172</v>
+        <v>505</v>
       </c>
       <c r="E369" s="23"/>
       <c r="F369" s="23"/>
       <c r="G369" s="23"/>
       <c r="H369" s="23"/>
       <c r="I369" s="23"/>
       <c r="J369" s="23"/>
       <c r="K369" s="23"/>
       <c r="L369" s="23"/>
       <c r="M369" s="23"/>
       <c r="N369" s="23"/>
       <c r="O369" s="23"/>
       <c r="P369" s="23"/>
       <c r="Q369" s="23"/>
       <c r="R369" s="23"/>
       <c r="S369" s="23"/>
       <c r="T369" s="23"/>
       <c r="U369" s="23"/>
       <c r="V369" s="23"/>
       <c r="W369" s="23"/>
       <c r="X369" s="23"/>
       <c r="Y369" s="23"/>
     </row>
     <row r="370">
-      <c r="A370" s="44">
-[...6 lines deleted...]
-        <v>503</v>
+      <c r="A370" s="29"/>
+      <c r="B370" s="7"/>
+      <c r="C370" s="28" t="s">
+        <v>506</v>
       </c>
       <c r="D370" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E370" s="23"/>
       <c r="F370" s="23"/>
       <c r="G370" s="23"/>
       <c r="H370" s="23"/>
       <c r="I370" s="23"/>
       <c r="J370" s="23"/>
       <c r="K370" s="23"/>
       <c r="L370" s="23"/>
       <c r="M370" s="23"/>
       <c r="N370" s="23"/>
       <c r="O370" s="23"/>
       <c r="P370" s="23"/>
       <c r="Q370" s="23"/>
       <c r="R370" s="23"/>
       <c r="S370" s="23"/>
       <c r="T370" s="23"/>
       <c r="U370" s="23"/>
       <c r="V370" s="23"/>
       <c r="W370" s="23"/>
       <c r="X370" s="23"/>
       <c r="Y370" s="23"/>
     </row>
     <row r="371">
-      <c r="A371" s="44">
-[...9 lines deleted...]
-        <v>11</v>
+      <c r="A371" s="29"/>
+      <c r="B371" s="7"/>
+      <c r="C371" s="28" t="s">
+        <v>107</v>
+      </c>
+      <c r="D371" s="22" t="s">
+        <v>171</v>
       </c>
       <c r="E371" s="23"/>
       <c r="F371" s="23"/>
       <c r="G371" s="23"/>
       <c r="H371" s="23"/>
       <c r="I371" s="23"/>
       <c r="J371" s="23"/>
       <c r="K371" s="23"/>
       <c r="L371" s="23"/>
       <c r="M371" s="23"/>
       <c r="N371" s="23"/>
       <c r="O371" s="23"/>
       <c r="P371" s="23"/>
       <c r="Q371" s="23"/>
       <c r="R371" s="23"/>
       <c r="S371" s="23"/>
       <c r="T371" s="23"/>
       <c r="U371" s="23"/>
       <c r="V371" s="23"/>
       <c r="W371" s="23"/>
       <c r="X371" s="23"/>
       <c r="Y371" s="23"/>
     </row>
     <row r="372">
-      <c r="A372" s="51">
-[...9 lines deleted...]
-        <v>11</v>
+      <c r="A372" s="29"/>
+      <c r="B372" s="7"/>
+      <c r="C372" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="D372" s="22" t="s">
+        <v>110</v>
       </c>
       <c r="E372" s="23"/>
       <c r="F372" s="23"/>
       <c r="G372" s="23"/>
       <c r="H372" s="23"/>
       <c r="I372" s="23"/>
       <c r="J372" s="23"/>
       <c r="K372" s="23"/>
       <c r="L372" s="23"/>
       <c r="M372" s="23"/>
       <c r="N372" s="23"/>
       <c r="O372" s="23"/>
       <c r="P372" s="23"/>
       <c r="Q372" s="23"/>
       <c r="R372" s="23"/>
       <c r="S372" s="23"/>
       <c r="T372" s="23"/>
       <c r="U372" s="23"/>
       <c r="V372" s="23"/>
       <c r="W372" s="23"/>
       <c r="X372" s="23"/>
       <c r="Y372" s="23"/>
     </row>
     <row r="373">
-      <c r="A373" s="51">
-[...2 lines deleted...]
-      <c r="B373" s="20" t="s">
+      <c r="A373" s="29"/>
+      <c r="B373" s="7"/>
+      <c r="C373" s="28" t="s">
         <v>507</v>
       </c>
-      <c r="C373" s="21" t="s">
-[...3 lines deleted...]
-        <v>11</v>
+      <c r="D373" s="22" t="s">
+        <v>174</v>
       </c>
       <c r="E373" s="23"/>
       <c r="F373" s="23"/>
       <c r="G373" s="23"/>
       <c r="H373" s="23"/>
       <c r="I373" s="23"/>
       <c r="J373" s="23"/>
       <c r="K373" s="23"/>
       <c r="L373" s="23"/>
       <c r="M373" s="23"/>
       <c r="N373" s="23"/>
       <c r="O373" s="23"/>
       <c r="P373" s="23"/>
       <c r="Q373" s="23"/>
       <c r="R373" s="23"/>
       <c r="S373" s="23"/>
       <c r="T373" s="23"/>
       <c r="U373" s="23"/>
       <c r="V373" s="23"/>
       <c r="W373" s="23"/>
       <c r="X373" s="23"/>
       <c r="Y373" s="23"/>
     </row>
     <row r="374">
-      <c r="A374" s="51">
-[...2 lines deleted...]
-      <c r="B374" s="20" t="s">
+      <c r="A374" s="44">
+        <v>6.0434006E8</v>
+      </c>
+      <c r="B374" s="30" t="s">
         <v>508</v>
       </c>
       <c r="C374" s="21" t="s">
-        <v>129</v>
+        <v>509</v>
       </c>
       <c r="D374" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E374" s="23"/>
       <c r="F374" s="23"/>
       <c r="G374" s="23"/>
       <c r="H374" s="23"/>
       <c r="I374" s="23"/>
       <c r="J374" s="23"/>
       <c r="K374" s="23"/>
       <c r="L374" s="23"/>
       <c r="M374" s="23"/>
       <c r="N374" s="23"/>
       <c r="O374" s="23"/>
       <c r="P374" s="23"/>
       <c r="Q374" s="23"/>
       <c r="R374" s="23"/>
       <c r="S374" s="23"/>
       <c r="T374" s="23"/>
       <c r="U374" s="23"/>
       <c r="V374" s="23"/>
       <c r="W374" s="23"/>
       <c r="X374" s="23"/>
       <c r="Y374" s="23"/>
     </row>
     <row r="375">
-      <c r="A375" s="51">
-[...2 lines deleted...]
-      <c r="B375" s="87" t="s">
+      <c r="A375" s="44">
+        <v>6.04340079E8</v>
+      </c>
+      <c r="B375" s="30" t="s">
+        <v>510</v>
+      </c>
+      <c r="C375" s="21" t="s">
         <v>509</v>
-      </c>
-[...1 lines deleted...]
-        <v>510</v>
       </c>
       <c r="D375" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E375" s="23"/>
       <c r="F375" s="23"/>
       <c r="G375" s="23"/>
       <c r="H375" s="23"/>
       <c r="I375" s="23"/>
       <c r="J375" s="23"/>
       <c r="K375" s="23"/>
       <c r="L375" s="23"/>
       <c r="M375" s="23"/>
       <c r="N375" s="23"/>
       <c r="O375" s="23"/>
       <c r="P375" s="23"/>
       <c r="Q375" s="23"/>
       <c r="R375" s="23"/>
       <c r="S375" s="23"/>
       <c r="T375" s="23"/>
       <c r="U375" s="23"/>
       <c r="V375" s="23"/>
       <c r="W375" s="23"/>
       <c r="X375" s="23"/>
       <c r="Y375" s="23"/>
     </row>
     <row r="376">
       <c r="A376" s="51">
-        <v>6.04810016E8</v>
-[...1 lines deleted...]
-      <c r="B376" s="20" t="s">
+        <v>6.0454006E8</v>
+      </c>
+      <c r="B376" s="59" t="s">
         <v>511</v>
       </c>
       <c r="C376" s="21" t="s">
-        <v>57</v>
+        <v>512</v>
       </c>
       <c r="D376" s="24" t="s">
-        <v>321</v>
+        <v>11</v>
       </c>
       <c r="E376" s="23"/>
       <c r="F376" s="23"/>
       <c r="G376" s="23"/>
       <c r="H376" s="23"/>
       <c r="I376" s="23"/>
       <c r="J376" s="23"/>
       <c r="K376" s="23"/>
       <c r="L376" s="23"/>
       <c r="M376" s="23"/>
       <c r="N376" s="23"/>
       <c r="O376" s="23"/>
       <c r="P376" s="23"/>
       <c r="Q376" s="23"/>
       <c r="R376" s="23"/>
       <c r="S376" s="23"/>
       <c r="T376" s="23"/>
       <c r="U376" s="23"/>
       <c r="V376" s="23"/>
       <c r="W376" s="23"/>
       <c r="X376" s="23"/>
       <c r="Y376" s="23"/>
     </row>
     <row r="377">
-      <c r="A377" s="44">
-[...8 lines deleted...]
-      <c r="D377" s="24" t="s">
+      <c r="A377" s="85">
+        <v>6.04540086E8</v>
+      </c>
+      <c r="B377" s="53" t="s">
+        <v>513</v>
+      </c>
+      <c r="C377" s="54" t="s">
+        <v>514</v>
+      </c>
+      <c r="D377" s="55" t="s">
         <v>11</v>
       </c>
       <c r="E377" s="23"/>
       <c r="F377" s="23"/>
       <c r="G377" s="23"/>
       <c r="H377" s="23"/>
       <c r="I377" s="23"/>
       <c r="J377" s="23"/>
       <c r="K377" s="23"/>
       <c r="L377" s="23"/>
       <c r="M377" s="23"/>
       <c r="N377" s="23"/>
       <c r="O377" s="23"/>
       <c r="P377" s="23"/>
       <c r="Q377" s="23"/>
       <c r="R377" s="23"/>
       <c r="S377" s="23"/>
       <c r="T377" s="23"/>
       <c r="U377" s="23"/>
       <c r="V377" s="23"/>
       <c r="W377" s="23"/>
       <c r="X377" s="23"/>
       <c r="Y377" s="23"/>
     </row>
     <row r="378">
-      <c r="A378" s="44">
-[...6 lines deleted...]
-        <v>514</v>
+      <c r="A378" s="51">
+        <v>6.04540043E8</v>
+      </c>
+      <c r="B378" s="20" t="s">
+        <v>515</v>
+      </c>
+      <c r="C378" s="21" t="s">
+        <v>49</v>
       </c>
       <c r="D378" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E378" s="23"/>
       <c r="F378" s="23"/>
       <c r="G378" s="23"/>
       <c r="H378" s="23"/>
       <c r="I378" s="23"/>
       <c r="J378" s="23"/>
       <c r="K378" s="23"/>
       <c r="L378" s="23"/>
       <c r="M378" s="23"/>
       <c r="N378" s="23"/>
       <c r="O378" s="23"/>
       <c r="P378" s="23"/>
       <c r="Q378" s="23"/>
       <c r="R378" s="23"/>
       <c r="S378" s="23"/>
       <c r="T378" s="23"/>
       <c r="U378" s="23"/>
       <c r="V378" s="23"/>
       <c r="W378" s="23"/>
       <c r="X378" s="23"/>
       <c r="Y378" s="23"/>
     </row>
     <row r="379">
-      <c r="A379" s="31"/>
-[...2 lines deleted...]
-        <v>107</v>
+      <c r="A379" s="51">
+        <v>6.04740018E8</v>
+      </c>
+      <c r="B379" s="20" t="s">
+        <v>516</v>
+      </c>
+      <c r="C379" s="21" t="s">
+        <v>131</v>
       </c>
       <c r="D379" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E379" s="23"/>
       <c r="F379" s="23"/>
       <c r="G379" s="23"/>
       <c r="H379" s="23"/>
       <c r="I379" s="23"/>
       <c r="J379" s="23"/>
       <c r="K379" s="23"/>
       <c r="L379" s="23"/>
       <c r="M379" s="23"/>
       <c r="N379" s="23"/>
       <c r="O379" s="23"/>
       <c r="P379" s="23"/>
       <c r="Q379" s="23"/>
       <c r="R379" s="23"/>
       <c r="S379" s="23"/>
       <c r="T379" s="23"/>
       <c r="U379" s="23"/>
       <c r="V379" s="23"/>
       <c r="W379" s="23"/>
       <c r="X379" s="23"/>
       <c r="Y379" s="23"/>
     </row>
     <row r="380">
-      <c r="A380" s="66">
-[...3 lines deleted...]
-        <v>515</v>
+      <c r="A380" s="51">
+        <v>6.04850026E8</v>
+      </c>
+      <c r="B380" s="87" t="s">
+        <v>517</v>
       </c>
       <c r="C380" s="21" t="s">
-        <v>195</v>
+        <v>116</v>
       </c>
       <c r="D380" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E380" s="23"/>
       <c r="F380" s="23"/>
       <c r="G380" s="23"/>
       <c r="H380" s="23"/>
       <c r="I380" s="23"/>
       <c r="J380" s="23"/>
       <c r="K380" s="23"/>
       <c r="L380" s="23"/>
       <c r="M380" s="23"/>
       <c r="N380" s="23"/>
       <c r="O380" s="23"/>
       <c r="P380" s="23"/>
       <c r="Q380" s="23"/>
       <c r="R380" s="23"/>
       <c r="S380" s="23"/>
       <c r="T380" s="23"/>
       <c r="U380" s="23"/>
       <c r="V380" s="23"/>
       <c r="W380" s="23"/>
       <c r="X380" s="23"/>
       <c r="Y380" s="23"/>
     </row>
     <row r="381">
       <c r="A381" s="51">
-        <v>6.04500068E8</v>
+        <v>6.04810016E8</v>
       </c>
       <c r="B381" s="20" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C381" s="21" t="s">
-        <v>195</v>
+        <v>57</v>
       </c>
       <c r="D381" s="24" t="s">
-        <v>11</v>
+        <v>324</v>
       </c>
       <c r="E381" s="23"/>
       <c r="F381" s="23"/>
       <c r="G381" s="23"/>
       <c r="H381" s="23"/>
       <c r="I381" s="23"/>
       <c r="J381" s="23"/>
       <c r="K381" s="23"/>
       <c r="L381" s="23"/>
       <c r="M381" s="23"/>
       <c r="N381" s="23"/>
       <c r="O381" s="23"/>
       <c r="P381" s="23"/>
       <c r="Q381" s="23"/>
       <c r="R381" s="23"/>
       <c r="S381" s="23"/>
       <c r="T381" s="23"/>
       <c r="U381" s="23"/>
       <c r="V381" s="23"/>
       <c r="W381" s="23"/>
       <c r="X381" s="23"/>
       <c r="Y381" s="23"/>
     </row>
     <row r="382">
-      <c r="A382" s="51">
-[...3 lines deleted...]
-        <v>517</v>
+      <c r="A382" s="44">
+        <v>6.0469001E8</v>
+      </c>
+      <c r="B382" s="30" t="s">
+        <v>519</v>
       </c>
       <c r="C382" s="21" t="s">
-        <v>195</v>
+        <v>329</v>
       </c>
       <c r="D382" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E382" s="23"/>
       <c r="F382" s="23"/>
       <c r="G382" s="23"/>
       <c r="H382" s="23"/>
       <c r="I382" s="23"/>
       <c r="J382" s="23"/>
       <c r="K382" s="23"/>
       <c r="L382" s="23"/>
       <c r="M382" s="23"/>
       <c r="N382" s="23"/>
       <c r="O382" s="23"/>
       <c r="P382" s="23"/>
       <c r="Q382" s="23"/>
       <c r="R382" s="23"/>
       <c r="S382" s="23"/>
       <c r="T382" s="23"/>
       <c r="U382" s="23"/>
       <c r="V382" s="23"/>
       <c r="W382" s="23"/>
       <c r="X382" s="23"/>
       <c r="Y382" s="23"/>
     </row>
     <row r="383">
       <c r="A383" s="44">
-        <v>6.04550014E8</v>
+        <v>6.04320159E8</v>
       </c>
       <c r="B383" s="30" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="C383" s="28" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="D383" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E383" s="23"/>
       <c r="F383" s="23"/>
       <c r="G383" s="23"/>
       <c r="H383" s="23"/>
       <c r="I383" s="23"/>
       <c r="J383" s="23"/>
       <c r="K383" s="23"/>
       <c r="L383" s="23"/>
       <c r="M383" s="23"/>
       <c r="N383" s="23"/>
       <c r="O383" s="23"/>
       <c r="P383" s="23"/>
       <c r="Q383" s="23"/>
       <c r="R383" s="23"/>
       <c r="S383" s="23"/>
       <c r="T383" s="23"/>
       <c r="U383" s="23"/>
       <c r="V383" s="23"/>
       <c r="W383" s="23"/>
       <c r="X383" s="23"/>
       <c r="Y383" s="23"/>
     </row>
     <row r="384">
-      <c r="A384" s="44">
-[...4 lines deleted...]
-      </c>
+      <c r="A384" s="31"/>
+      <c r="B384" s="31"/>
       <c r="C384" s="28" t="s">
-        <v>519</v>
+        <v>107</v>
       </c>
       <c r="D384" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E384" s="23"/>
       <c r="F384" s="23"/>
       <c r="G384" s="23"/>
       <c r="H384" s="23"/>
       <c r="I384" s="23"/>
       <c r="J384" s="23"/>
       <c r="K384" s="23"/>
       <c r="L384" s="23"/>
       <c r="M384" s="23"/>
       <c r="N384" s="23"/>
       <c r="O384" s="23"/>
       <c r="P384" s="23"/>
       <c r="Q384" s="23"/>
       <c r="R384" s="23"/>
       <c r="S384" s="23"/>
       <c r="T384" s="23"/>
       <c r="U384" s="23"/>
       <c r="V384" s="23"/>
       <c r="W384" s="23"/>
       <c r="X384" s="23"/>
       <c r="Y384" s="23"/>
     </row>
     <row r="385">
-      <c r="A385" s="51">
-[...3 lines deleted...]
-        <v>521</v>
+      <c r="A385" s="70">
+        <v>6.04500084E8</v>
+      </c>
+      <c r="B385" s="63" t="s">
+        <v>522</v>
       </c>
       <c r="C385" s="21" t="s">
-        <v>129</v>
+        <v>197</v>
       </c>
       <c r="D385" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E385" s="23"/>
       <c r="F385" s="23"/>
       <c r="G385" s="23"/>
       <c r="H385" s="23"/>
       <c r="I385" s="23"/>
       <c r="J385" s="23"/>
       <c r="K385" s="23"/>
       <c r="L385" s="23"/>
       <c r="M385" s="23"/>
       <c r="N385" s="23"/>
       <c r="O385" s="23"/>
       <c r="P385" s="23"/>
       <c r="Q385" s="23"/>
       <c r="R385" s="23"/>
       <c r="S385" s="23"/>
       <c r="T385" s="23"/>
       <c r="U385" s="23"/>
       <c r="V385" s="23"/>
       <c r="W385" s="23"/>
       <c r="X385" s="23"/>
       <c r="Y385" s="23"/>
     </row>
     <row r="386">
       <c r="A386" s="51">
-        <v>6.04630077E8</v>
+        <v>6.04500068E8</v>
       </c>
       <c r="B386" s="20" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C386" s="21" t="s">
-        <v>424</v>
+        <v>197</v>
       </c>
       <c r="D386" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E386" s="23"/>
       <c r="F386" s="23"/>
       <c r="G386" s="23"/>
       <c r="H386" s="23"/>
       <c r="I386" s="23"/>
       <c r="J386" s="23"/>
       <c r="K386" s="23"/>
       <c r="L386" s="23"/>
       <c r="M386" s="23"/>
       <c r="N386" s="23"/>
       <c r="O386" s="23"/>
       <c r="P386" s="23"/>
       <c r="Q386" s="23"/>
       <c r="R386" s="23"/>
       <c r="S386" s="23"/>
       <c r="T386" s="23"/>
       <c r="U386" s="23"/>
       <c r="V386" s="23"/>
       <c r="W386" s="23"/>
       <c r="X386" s="23"/>
       <c r="Y386" s="23"/>
     </row>
     <row r="387">
-      <c r="A387" s="88">
-[...9 lines deleted...]
-        <v>417</v>
+      <c r="A387" s="51">
+        <v>6.04500076E8</v>
+      </c>
+      <c r="B387" s="20" t="s">
+        <v>524</v>
+      </c>
+      <c r="C387" s="21" t="s">
+        <v>197</v>
+      </c>
+      <c r="D387" s="24" t="s">
+        <v>11</v>
       </c>
       <c r="E387" s="23"/>
       <c r="F387" s="23"/>
       <c r="G387" s="23"/>
       <c r="H387" s="23"/>
       <c r="I387" s="23"/>
       <c r="J387" s="23"/>
       <c r="K387" s="23"/>
       <c r="L387" s="23"/>
       <c r="M387" s="23"/>
       <c r="N387" s="23"/>
       <c r="O387" s="23"/>
       <c r="P387" s="23"/>
       <c r="Q387" s="23"/>
       <c r="R387" s="23"/>
       <c r="S387" s="23"/>
       <c r="T387" s="23"/>
       <c r="U387" s="23"/>
       <c r="V387" s="23"/>
       <c r="W387" s="23"/>
       <c r="X387" s="23"/>
       <c r="Y387" s="23"/>
     </row>
     <row r="388">
       <c r="A388" s="44">
-        <v>6.04110065E8</v>
+        <v>6.04550014E8</v>
       </c>
       <c r="B388" s="30" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>525</v>
+      </c>
+      <c r="C388" s="28" t="s">
+        <v>526</v>
       </c>
       <c r="D388" s="24" t="s">
         <v>7</v>
       </c>
       <c r="E388" s="23"/>
       <c r="F388" s="23"/>
       <c r="G388" s="23"/>
       <c r="H388" s="23"/>
       <c r="I388" s="23"/>
       <c r="J388" s="23"/>
       <c r="K388" s="23"/>
       <c r="L388" s="23"/>
       <c r="M388" s="23"/>
       <c r="N388" s="23"/>
       <c r="O388" s="23"/>
       <c r="P388" s="23"/>
       <c r="Q388" s="23"/>
       <c r="R388" s="23"/>
       <c r="S388" s="23"/>
       <c r="T388" s="23"/>
       <c r="U388" s="23"/>
       <c r="V388" s="23"/>
       <c r="W388" s="23"/>
       <c r="X388" s="23"/>
       <c r="Y388" s="23"/>
     </row>
     <row r="389">
-      <c r="A389" s="31"/>
-[...2 lines deleted...]
-        <v>360</v>
+      <c r="A389" s="44">
+        <v>6.04550022E8</v>
+      </c>
+      <c r="B389" s="32" t="s">
+        <v>527</v>
+      </c>
+      <c r="C389" s="28" t="s">
+        <v>526</v>
       </c>
       <c r="D389" s="24" t="s">
-        <v>417</v>
+        <v>7</v>
       </c>
       <c r="E389" s="23"/>
       <c r="F389" s="23"/>
       <c r="G389" s="23"/>
       <c r="H389" s="23"/>
       <c r="I389" s="23"/>
       <c r="J389" s="23"/>
       <c r="K389" s="23"/>
       <c r="L389" s="23"/>
       <c r="M389" s="23"/>
       <c r="N389" s="23"/>
       <c r="O389" s="23"/>
       <c r="P389" s="23"/>
       <c r="Q389" s="23"/>
       <c r="R389" s="23"/>
       <c r="S389" s="23"/>
       <c r="T389" s="23"/>
       <c r="U389" s="23"/>
       <c r="V389" s="23"/>
       <c r="W389" s="23"/>
       <c r="X389" s="23"/>
       <c r="Y389" s="23"/>
     </row>
     <row r="390">
-      <c r="A390" s="44">
-[...3 lines deleted...]
-        <v>525</v>
+      <c r="A390" s="51">
+        <v>6.04650035E8</v>
+      </c>
+      <c r="B390" s="20" t="s">
+        <v>528</v>
       </c>
       <c r="C390" s="21" t="s">
-        <v>359</v>
+        <v>131</v>
       </c>
       <c r="D390" s="24" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E390" s="23"/>
       <c r="F390" s="23"/>
       <c r="G390" s="23"/>
       <c r="H390" s="23"/>
       <c r="I390" s="23"/>
       <c r="J390" s="23"/>
       <c r="K390" s="23"/>
       <c r="L390" s="23"/>
       <c r="M390" s="23"/>
       <c r="N390" s="23"/>
       <c r="O390" s="23"/>
       <c r="P390" s="23"/>
       <c r="Q390" s="23"/>
       <c r="R390" s="23"/>
       <c r="S390" s="23"/>
       <c r="T390" s="23"/>
       <c r="U390" s="23"/>
       <c r="V390" s="23"/>
       <c r="W390" s="23"/>
       <c r="X390" s="23"/>
       <c r="Y390" s="23"/>
     </row>
     <row r="391">
-      <c r="A391" s="31"/>
-      <c r="B391" s="31"/>
+      <c r="A391" s="51">
+        <v>6.04630077E8</v>
+      </c>
+      <c r="B391" s="20" t="s">
+        <v>529</v>
+      </c>
       <c r="C391" s="21" t="s">
-        <v>360</v>
+        <v>427</v>
       </c>
       <c r="D391" s="24" t="s">
-        <v>295</v>
+        <v>11</v>
       </c>
       <c r="E391" s="23"/>
       <c r="F391" s="23"/>
       <c r="G391" s="23"/>
       <c r="H391" s="23"/>
       <c r="I391" s="23"/>
       <c r="J391" s="23"/>
       <c r="K391" s="23"/>
       <c r="L391" s="23"/>
       <c r="M391" s="23"/>
       <c r="N391" s="23"/>
       <c r="O391" s="23"/>
       <c r="P391" s="23"/>
       <c r="Q391" s="23"/>
       <c r="R391" s="23"/>
       <c r="S391" s="23"/>
       <c r="T391" s="23"/>
       <c r="U391" s="23"/>
       <c r="V391" s="23"/>
       <c r="W391" s="23"/>
       <c r="X391" s="23"/>
       <c r="Y391" s="23"/>
     </row>
     <row r="392">
-      <c r="A392" s="91" t="s">
-[...9 lines deleted...]
-        <v>11</v>
+      <c r="A392" s="88">
+        <v>6.04110065E8</v>
+      </c>
+      <c r="B392" s="39" t="s">
+        <v>530</v>
+      </c>
+      <c r="C392" s="89" t="s">
+        <v>363</v>
+      </c>
+      <c r="D392" s="90" t="s">
+        <v>420</v>
       </c>
       <c r="E392" s="23"/>
       <c r="F392" s="23"/>
       <c r="G392" s="23"/>
       <c r="H392" s="23"/>
       <c r="I392" s="23"/>
       <c r="J392" s="23"/>
       <c r="K392" s="23"/>
       <c r="L392" s="23"/>
       <c r="M392" s="23"/>
       <c r="N392" s="23"/>
       <c r="O392" s="23"/>
       <c r="P392" s="23"/>
       <c r="Q392" s="23"/>
       <c r="R392" s="23"/>
       <c r="S392" s="23"/>
       <c r="T392" s="23"/>
       <c r="U392" s="23"/>
       <c r="V392" s="23"/>
       <c r="W392" s="23"/>
       <c r="X392" s="23"/>
       <c r="Y392" s="23"/>
     </row>
     <row r="393">
-      <c r="A393" s="92">
-[...6 lines deleted...]
-        <v>6</v>
+      <c r="A393" s="44">
+        <v>6.04110065E8</v>
+      </c>
+      <c r="B393" s="30" t="s">
+        <v>531</v>
+      </c>
+      <c r="C393" s="21" t="s">
+        <v>362</v>
       </c>
       <c r="D393" s="24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E393" s="23"/>
       <c r="F393" s="23"/>
       <c r="G393" s="23"/>
       <c r="H393" s="23"/>
       <c r="I393" s="23"/>
       <c r="J393" s="23"/>
       <c r="K393" s="23"/>
       <c r="L393" s="23"/>
       <c r="M393" s="23"/>
       <c r="N393" s="23"/>
       <c r="O393" s="23"/>
       <c r="P393" s="23"/>
       <c r="Q393" s="23"/>
       <c r="R393" s="23"/>
       <c r="S393" s="23"/>
       <c r="T393" s="23"/>
       <c r="U393" s="23"/>
       <c r="V393" s="23"/>
       <c r="W393" s="23"/>
       <c r="X393" s="23"/>
       <c r="Y393" s="23"/>
     </row>
     <row r="394">
-      <c r="A394" s="51">
-[...4 lines deleted...]
-      </c>
+      <c r="A394" s="31"/>
+      <c r="B394" s="31"/>
       <c r="C394" s="21" t="s">
-        <v>530</v>
+        <v>363</v>
       </c>
       <c r="D394" s="24" t="s">
-        <v>7</v>
+        <v>420</v>
       </c>
       <c r="E394" s="23"/>
       <c r="F394" s="23"/>
       <c r="G394" s="23"/>
       <c r="H394" s="23"/>
       <c r="I394" s="23"/>
       <c r="J394" s="23"/>
       <c r="K394" s="23"/>
       <c r="L394" s="23"/>
       <c r="M394" s="23"/>
       <c r="N394" s="23"/>
       <c r="O394" s="23"/>
       <c r="P394" s="23"/>
       <c r="Q394" s="23"/>
       <c r="R394" s="23"/>
       <c r="S394" s="23"/>
       <c r="T394" s="23"/>
       <c r="U394" s="23"/>
       <c r="V394" s="23"/>
       <c r="W394" s="23"/>
       <c r="X394" s="23"/>
       <c r="Y394" s="23"/>
     </row>
     <row r="395">
-      <c r="A395" s="51">
-[...6 lines deleted...]
-        <v>107</v>
+      <c r="A395" s="44">
+        <v>6.04110057E8</v>
+      </c>
+      <c r="B395" s="30" t="s">
+        <v>532</v>
+      </c>
+      <c r="C395" s="21" t="s">
+        <v>362</v>
       </c>
       <c r="D395" s="24" t="s">
         <v>7</v>
       </c>
       <c r="E395" s="23"/>
       <c r="F395" s="23"/>
       <c r="G395" s="23"/>
       <c r="H395" s="23"/>
       <c r="I395" s="23"/>
       <c r="J395" s="23"/>
       <c r="K395" s="23"/>
       <c r="L395" s="23"/>
       <c r="M395" s="23"/>
       <c r="N395" s="23"/>
       <c r="O395" s="23"/>
       <c r="P395" s="23"/>
       <c r="Q395" s="23"/>
       <c r="R395" s="23"/>
       <c r="S395" s="23"/>
       <c r="T395" s="23"/>
       <c r="U395" s="23"/>
       <c r="V395" s="23"/>
       <c r="W395" s="23"/>
       <c r="X395" s="23"/>
       <c r="Y395" s="23"/>
     </row>
     <row r="396">
-      <c r="A396" s="51">
-[...4 lines deleted...]
-      </c>
+      <c r="A396" s="31"/>
+      <c r="B396" s="31"/>
       <c r="C396" s="21" t="s">
-        <v>195</v>
+        <v>363</v>
       </c>
       <c r="D396" s="24" t="s">
-        <v>11</v>
+        <v>298</v>
       </c>
       <c r="E396" s="23"/>
       <c r="F396" s="23"/>
       <c r="G396" s="23"/>
       <c r="H396" s="23"/>
       <c r="I396" s="23"/>
       <c r="J396" s="23"/>
       <c r="K396" s="23"/>
       <c r="L396" s="23"/>
       <c r="M396" s="23"/>
       <c r="N396" s="23"/>
       <c r="O396" s="23"/>
       <c r="P396" s="23"/>
       <c r="Q396" s="23"/>
       <c r="R396" s="23"/>
       <c r="S396" s="23"/>
       <c r="T396" s="23"/>
       <c r="U396" s="23"/>
       <c r="V396" s="23"/>
       <c r="W396" s="23"/>
       <c r="X396" s="23"/>
       <c r="Y396" s="23"/>
     </row>
     <row r="397">
-      <c r="A397" s="44">
-[...2 lines deleted...]
-      <c r="B397" s="32" t="s">
+      <c r="A397" s="91" t="s">
         <v>533</v>
       </c>
+      <c r="B397" s="49" t="s">
+        <v>534</v>
+      </c>
       <c r="C397" s="21" t="s">
-        <v>534</v>
+        <v>116</v>
       </c>
       <c r="D397" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E397" s="23"/>
       <c r="F397" s="23"/>
       <c r="G397" s="23"/>
       <c r="H397" s="23"/>
       <c r="I397" s="23"/>
       <c r="J397" s="23"/>
       <c r="K397" s="23"/>
       <c r="L397" s="23"/>
       <c r="M397" s="23"/>
       <c r="N397" s="23"/>
       <c r="O397" s="23"/>
       <c r="P397" s="23"/>
       <c r="Q397" s="23"/>
       <c r="R397" s="23"/>
       <c r="S397" s="23"/>
       <c r="T397" s="23"/>
       <c r="U397" s="23"/>
       <c r="V397" s="23"/>
       <c r="W397" s="23"/>
       <c r="X397" s="23"/>
       <c r="Y397" s="23"/>
     </row>
     <row r="398">
-      <c r="A398" s="94">
-[...2 lines deleted...]
-      <c r="B398" s="95" t="s">
+      <c r="A398" s="92">
+        <v>6.04320191E8</v>
+      </c>
+      <c r="B398" s="24" t="s">
         <v>535</v>
       </c>
-      <c r="C398" s="96" t="s">
-[...2 lines deleted...]
-      <c r="D398" s="43" t="s">
+      <c r="C398" s="69" t="s">
+        <v>6</v>
+      </c>
+      <c r="D398" s="24" t="s">
         <v>11</v>
       </c>
       <c r="E398" s="23"/>
       <c r="F398" s="23"/>
       <c r="G398" s="23"/>
       <c r="H398" s="23"/>
       <c r="I398" s="23"/>
       <c r="J398" s="23"/>
       <c r="K398" s="23"/>
       <c r="L398" s="23"/>
       <c r="M398" s="23"/>
       <c r="N398" s="23"/>
       <c r="O398" s="23"/>
       <c r="P398" s="23"/>
       <c r="Q398" s="23"/>
       <c r="R398" s="23"/>
       <c r="S398" s="23"/>
       <c r="T398" s="23"/>
       <c r="U398" s="23"/>
       <c r="V398" s="23"/>
       <c r="W398" s="23"/>
       <c r="X398" s="23"/>
       <c r="Y398" s="23"/>
     </row>
     <row r="399">
-      <c r="A399" s="97" t="s">
+      <c r="A399" s="51">
+        <v>6.04690037E8</v>
+      </c>
+      <c r="B399" s="63" t="s">
         <v>536</v>
       </c>
-      <c r="B399" s="13"/>
-[...1 lines deleted...]
-      <c r="D399" s="14"/>
+      <c r="C399" s="21" t="s">
+        <v>537</v>
+      </c>
+      <c r="D399" s="24" t="s">
+        <v>7</v>
+      </c>
       <c r="E399" s="23"/>
       <c r="F399" s="23"/>
       <c r="G399" s="23"/>
       <c r="H399" s="23"/>
       <c r="I399" s="23"/>
       <c r="J399" s="23"/>
       <c r="K399" s="23"/>
       <c r="L399" s="23"/>
       <c r="M399" s="23"/>
       <c r="N399" s="23"/>
       <c r="O399" s="23"/>
       <c r="P399" s="23"/>
       <c r="Q399" s="23"/>
       <c r="R399" s="23"/>
       <c r="S399" s="23"/>
       <c r="T399" s="23"/>
       <c r="U399" s="23"/>
       <c r="V399" s="23"/>
       <c r="W399" s="23"/>
       <c r="X399" s="23"/>
       <c r="Y399" s="23"/>
     </row>
-    <row r="400" ht="45.75" customHeight="1">
-[...5 lines deleted...]
-      <c r="D400" s="14"/>
+    <row r="400">
+      <c r="A400" s="51">
+        <v>6.04320167E8</v>
+      </c>
+      <c r="B400" s="93" t="s">
+        <v>538</v>
+      </c>
+      <c r="C400" s="69" t="s">
+        <v>107</v>
+      </c>
+      <c r="D400" s="24" t="s">
+        <v>7</v>
+      </c>
       <c r="E400" s="23"/>
       <c r="F400" s="23"/>
       <c r="G400" s="23"/>
       <c r="H400" s="23"/>
       <c r="I400" s="23"/>
       <c r="J400" s="23"/>
       <c r="K400" s="23"/>
       <c r="L400" s="23"/>
       <c r="M400" s="23"/>
       <c r="N400" s="23"/>
       <c r="O400" s="23"/>
       <c r="P400" s="23"/>
       <c r="Q400" s="23"/>
       <c r="R400" s="23"/>
       <c r="S400" s="23"/>
       <c r="T400" s="23"/>
       <c r="U400" s="23"/>
       <c r="V400" s="23"/>
       <c r="W400" s="23"/>
       <c r="X400" s="23"/>
       <c r="Y400" s="23"/>
     </row>
-    <row r="401" ht="117.0" customHeight="1">
-[...5 lines deleted...]
-      <c r="D401" s="14"/>
+    <row r="401">
+      <c r="A401" s="51">
+        <v>6.04190018E8</v>
+      </c>
+      <c r="B401" s="20" t="s">
+        <v>539</v>
+      </c>
+      <c r="C401" s="21" t="s">
+        <v>197</v>
+      </c>
+      <c r="D401" s="24" t="s">
+        <v>11</v>
+      </c>
       <c r="E401" s="23"/>
       <c r="F401" s="23"/>
       <c r="G401" s="23"/>
       <c r="H401" s="23"/>
       <c r="I401" s="23"/>
       <c r="J401" s="23"/>
       <c r="K401" s="23"/>
       <c r="L401" s="23"/>
       <c r="M401" s="23"/>
       <c r="N401" s="23"/>
       <c r="O401" s="23"/>
       <c r="P401" s="23"/>
       <c r="Q401" s="23"/>
       <c r="R401" s="23"/>
       <c r="S401" s="23"/>
       <c r="T401" s="23"/>
       <c r="U401" s="23"/>
       <c r="V401" s="23"/>
       <c r="W401" s="23"/>
       <c r="X401" s="23"/>
       <c r="Y401" s="23"/>
     </row>
-    <row r="402" ht="15.0" customHeight="1">
-[...5 lines deleted...]
-      <c r="D402" s="14"/>
+    <row r="402">
+      <c r="A402" s="44">
+        <v>6.04210019E8</v>
+      </c>
+      <c r="B402" s="32" t="s">
+        <v>540</v>
+      </c>
+      <c r="C402" s="21" t="s">
+        <v>541</v>
+      </c>
+      <c r="D402" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E402" s="23"/>
+      <c r="F402" s="23"/>
+      <c r="G402" s="23"/>
+      <c r="H402" s="23"/>
+      <c r="I402" s="23"/>
+      <c r="J402" s="23"/>
+      <c r="K402" s="23"/>
+      <c r="L402" s="23"/>
+      <c r="M402" s="23"/>
+      <c r="N402" s="23"/>
+      <c r="O402" s="23"/>
+      <c r="P402" s="23"/>
+      <c r="Q402" s="23"/>
+      <c r="R402" s="23"/>
+      <c r="S402" s="23"/>
+      <c r="T402" s="23"/>
+      <c r="U402" s="23"/>
+      <c r="V402" s="23"/>
+      <c r="W402" s="23"/>
+      <c r="X402" s="23"/>
+      <c r="Y402" s="23"/>
     </row>
     <row r="403">
-      <c r="A403" s="100"/>
-[...2 lines deleted...]
-      <c r="D403" s="23"/>
+      <c r="A403" s="94">
+        <v>6.04210027E8</v>
+      </c>
+      <c r="B403" s="95" t="s">
+        <v>542</v>
+      </c>
+      <c r="C403" s="96" t="s">
+        <v>541</v>
+      </c>
+      <c r="D403" s="43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E403" s="23"/>
+      <c r="F403" s="23"/>
+      <c r="G403" s="23"/>
+      <c r="H403" s="23"/>
+      <c r="I403" s="23"/>
+      <c r="J403" s="23"/>
+      <c r="K403" s="23"/>
+      <c r="L403" s="23"/>
+      <c r="M403" s="23"/>
+      <c r="N403" s="23"/>
+      <c r="O403" s="23"/>
+      <c r="P403" s="23"/>
+      <c r="Q403" s="23"/>
+      <c r="R403" s="23"/>
+      <c r="S403" s="23"/>
+      <c r="T403" s="23"/>
+      <c r="U403" s="23"/>
+      <c r="V403" s="23"/>
+      <c r="W403" s="23"/>
+      <c r="X403" s="23"/>
+      <c r="Y403" s="23"/>
     </row>
     <row r="404">
-      <c r="A404" s="100"/>
-[...12 lines deleted...]
-      <c r="B407" s="101"/>
+      <c r="A404" s="97" t="s">
+        <v>543</v>
+      </c>
+      <c r="B404" s="13"/>
+      <c r="C404" s="13"/>
+      <c r="D404" s="14"/>
+      <c r="E404" s="23"/>
+      <c r="F404" s="23"/>
+      <c r="G404" s="23"/>
+      <c r="H404" s="23"/>
+      <c r="I404" s="23"/>
+      <c r="J404" s="23"/>
+      <c r="K404" s="23"/>
+      <c r="L404" s="23"/>
+      <c r="M404" s="23"/>
+      <c r="N404" s="23"/>
+      <c r="O404" s="23"/>
+      <c r="P404" s="23"/>
+      <c r="Q404" s="23"/>
+      <c r="R404" s="23"/>
+      <c r="S404" s="23"/>
+      <c r="T404" s="23"/>
+      <c r="U404" s="23"/>
+      <c r="V404" s="23"/>
+      <c r="W404" s="23"/>
+      <c r="X404" s="23"/>
+      <c r="Y404" s="23"/>
+    </row>
+    <row r="405" ht="45.75" customHeight="1">
+      <c r="A405" s="98" t="s">
+        <v>544</v>
+      </c>
+      <c r="B405" s="13"/>
+      <c r="C405" s="13"/>
+      <c r="D405" s="14"/>
+      <c r="E405" s="23"/>
+      <c r="F405" s="23"/>
+      <c r="G405" s="23"/>
+      <c r="H405" s="23"/>
+      <c r="I405" s="23"/>
+      <c r="J405" s="23"/>
+      <c r="K405" s="23"/>
+      <c r="L405" s="23"/>
+      <c r="M405" s="23"/>
+      <c r="N405" s="23"/>
+      <c r="O405" s="23"/>
+      <c r="P405" s="23"/>
+      <c r="Q405" s="23"/>
+      <c r="R405" s="23"/>
+      <c r="S405" s="23"/>
+      <c r="T405" s="23"/>
+      <c r="U405" s="23"/>
+      <c r="V405" s="23"/>
+      <c r="W405" s="23"/>
+      <c r="X405" s="23"/>
+      <c r="Y405" s="23"/>
+    </row>
+    <row r="406" ht="117.0" customHeight="1">
+      <c r="A406" s="99" t="s">
+        <v>545</v>
+      </c>
+      <c r="B406" s="13"/>
+      <c r="C406" s="13"/>
+      <c r="D406" s="14"/>
+      <c r="E406" s="23"/>
+      <c r="F406" s="23"/>
+      <c r="G406" s="23"/>
+      <c r="H406" s="23"/>
+      <c r="I406" s="23"/>
+      <c r="J406" s="23"/>
+      <c r="K406" s="23"/>
+      <c r="L406" s="23"/>
+      <c r="M406" s="23"/>
+      <c r="N406" s="23"/>
+      <c r="O406" s="23"/>
+      <c r="P406" s="23"/>
+      <c r="Q406" s="23"/>
+      <c r="R406" s="23"/>
+      <c r="S406" s="23"/>
+      <c r="T406" s="23"/>
+      <c r="U406" s="23"/>
+      <c r="V406" s="23"/>
+      <c r="W406" s="23"/>
+      <c r="X406" s="23"/>
+      <c r="Y406" s="23"/>
+    </row>
+    <row r="407" ht="15.0" customHeight="1">
+      <c r="A407" s="100" t="s">
+        <v>546</v>
+      </c>
+      <c r="B407" s="13"/>
+      <c r="C407" s="13"/>
+      <c r="D407" s="14"/>
     </row>
     <row r="408">
-      <c r="A408" s="100"/>
-      <c r="B408" s="101"/>
+      <c r="A408" s="101"/>
+      <c r="B408" s="102"/>
+      <c r="C408" s="23"/>
+      <c r="D408" s="23"/>
     </row>
     <row r="409">
-      <c r="A409" s="100"/>
-      <c r="B409" s="101"/>
+      <c r="A409" s="101"/>
+      <c r="B409" s="102"/>
     </row>
     <row r="410">
-      <c r="A410" s="100"/>
-      <c r="B410" s="101"/>
+      <c r="A410" s="101"/>
+      <c r="B410" s="102"/>
     </row>
     <row r="411">
-      <c r="A411" s="100"/>
-      <c r="B411" s="101"/>
+      <c r="A411" s="101"/>
+      <c r="B411" s="102"/>
     </row>
     <row r="412">
-      <c r="A412" s="100"/>
-      <c r="B412" s="101"/>
+      <c r="A412" s="101"/>
+      <c r="B412" s="102"/>
     </row>
     <row r="413">
-      <c r="A413" s="100"/>
-      <c r="B413" s="101"/>
+      <c r="A413" s="101"/>
+      <c r="B413" s="102"/>
     </row>
     <row r="414">
-      <c r="A414" s="100"/>
-      <c r="B414" s="101"/>
+      <c r="A414" s="101"/>
+      <c r="B414" s="102"/>
     </row>
     <row r="415">
-      <c r="A415" s="100"/>
-      <c r="B415" s="101"/>
+      <c r="A415" s="101"/>
+      <c r="B415" s="102"/>
     </row>
     <row r="416">
-      <c r="A416" s="100"/>
-      <c r="B416" s="101"/>
+      <c r="A416" s="101"/>
+      <c r="B416" s="102"/>
     </row>
     <row r="417">
-      <c r="A417" s="100"/>
-      <c r="B417" s="101"/>
+      <c r="A417" s="101"/>
+      <c r="B417" s="102"/>
     </row>
     <row r="418">
-      <c r="A418" s="100"/>
-      <c r="B418" s="101"/>
+      <c r="A418" s="101"/>
+      <c r="B418" s="102"/>
     </row>
     <row r="419">
-      <c r="A419" s="100"/>
-      <c r="B419" s="101"/>
+      <c r="A419" s="101"/>
+      <c r="B419" s="102"/>
     </row>
     <row r="420">
-      <c r="A420" s="100"/>
-      <c r="B420" s="101"/>
+      <c r="A420" s="101"/>
+      <c r="B420" s="102"/>
     </row>
     <row r="421">
-      <c r="A421" s="100"/>
-      <c r="B421" s="101"/>
+      <c r="A421" s="101"/>
+      <c r="B421" s="102"/>
     </row>
     <row r="422">
-      <c r="A422" s="100"/>
-      <c r="B422" s="101"/>
+      <c r="A422" s="101"/>
+      <c r="B422" s="102"/>
     </row>
     <row r="423">
-      <c r="A423" s="100"/>
-      <c r="B423" s="101"/>
+      <c r="A423" s="101"/>
+      <c r="B423" s="102"/>
     </row>
     <row r="424">
-      <c r="A424" s="100"/>
-      <c r="B424" s="101"/>
+      <c r="A424" s="101"/>
+      <c r="B424" s="102"/>
     </row>
     <row r="425">
-      <c r="A425" s="100"/>
-      <c r="B425" s="101"/>
+      <c r="A425" s="101"/>
+      <c r="B425" s="102"/>
     </row>
     <row r="426">
-      <c r="A426" s="100"/>
-      <c r="B426" s="101"/>
+      <c r="A426" s="101"/>
+      <c r="B426" s="102"/>
     </row>
     <row r="427">
-      <c r="A427" s="100"/>
-      <c r="B427" s="101"/>
+      <c r="A427" s="101"/>
+      <c r="B427" s="102"/>
     </row>
     <row r="428">
-      <c r="A428" s="100"/>
-      <c r="B428" s="101"/>
+      <c r="A428" s="101"/>
+      <c r="B428" s="102"/>
     </row>
     <row r="429">
-      <c r="A429" s="100"/>
-      <c r="B429" s="101"/>
+      <c r="A429" s="101"/>
+      <c r="B429" s="102"/>
     </row>
     <row r="430">
-      <c r="A430" s="100"/>
-      <c r="B430" s="101"/>
+      <c r="A430" s="101"/>
+      <c r="B430" s="102"/>
     </row>
     <row r="431">
-      <c r="A431" s="100"/>
-      <c r="B431" s="101"/>
+      <c r="A431" s="101"/>
+      <c r="B431" s="102"/>
     </row>
     <row r="432">
-      <c r="A432" s="100"/>
-      <c r="B432" s="101"/>
+      <c r="A432" s="101"/>
+      <c r="B432" s="102"/>
     </row>
     <row r="433">
-      <c r="A433" s="100"/>
-      <c r="B433" s="101"/>
+      <c r="A433" s="101"/>
+      <c r="B433" s="102"/>
     </row>
     <row r="434">
-      <c r="A434" s="100"/>
-      <c r="B434" s="101"/>
+      <c r="A434" s="101"/>
+      <c r="B434" s="102"/>
     </row>
     <row r="435">
-      <c r="A435" s="100"/>
-      <c r="B435" s="101"/>
+      <c r="A435" s="101"/>
+      <c r="B435" s="102"/>
     </row>
     <row r="436">
-      <c r="A436" s="100"/>
-      <c r="B436" s="101"/>
+      <c r="A436" s="101"/>
+      <c r="B436" s="102"/>
     </row>
     <row r="437">
-      <c r="A437" s="100"/>
-      <c r="B437" s="101"/>
+      <c r="A437" s="101"/>
+      <c r="B437" s="102"/>
     </row>
     <row r="438">
-      <c r="A438" s="100"/>
-      <c r="B438" s="101"/>
+      <c r="A438" s="101"/>
+      <c r="B438" s="102"/>
     </row>
     <row r="439">
-      <c r="A439" s="100"/>
-      <c r="B439" s="101"/>
+      <c r="A439" s="101"/>
+      <c r="B439" s="102"/>
     </row>
     <row r="440">
-      <c r="A440" s="100"/>
-      <c r="B440" s="101"/>
+      <c r="A440" s="101"/>
+      <c r="B440" s="102"/>
     </row>
     <row r="441">
-      <c r="A441" s="100"/>
-      <c r="B441" s="101"/>
+      <c r="A441" s="101"/>
+      <c r="B441" s="102"/>
     </row>
     <row r="442">
-      <c r="A442" s="100"/>
-      <c r="B442" s="101"/>
+      <c r="A442" s="101"/>
+      <c r="B442" s="102"/>
     </row>
     <row r="443">
-      <c r="A443" s="100"/>
-      <c r="B443" s="101"/>
+      <c r="A443" s="101"/>
+      <c r="B443" s="102"/>
     </row>
     <row r="444">
-      <c r="A444" s="100"/>
-      <c r="B444" s="101"/>
+      <c r="A444" s="101"/>
+      <c r="B444" s="102"/>
     </row>
     <row r="445">
-      <c r="A445" s="100"/>
-      <c r="B445" s="101"/>
+      <c r="A445" s="101"/>
+      <c r="B445" s="102"/>
     </row>
     <row r="446">
-      <c r="A446" s="100"/>
-      <c r="B446" s="101"/>
+      <c r="A446" s="101"/>
+      <c r="B446" s="102"/>
     </row>
     <row r="447">
-      <c r="A447" s="100"/>
-      <c r="B447" s="101"/>
+      <c r="A447" s="101"/>
+      <c r="B447" s="102"/>
     </row>
     <row r="448">
-      <c r="A448" s="100"/>
-      <c r="B448" s="101"/>
+      <c r="A448" s="101"/>
+      <c r="B448" s="102"/>
     </row>
     <row r="449">
-      <c r="A449" s="100"/>
-      <c r="B449" s="101"/>
+      <c r="A449" s="101"/>
+      <c r="B449" s="102"/>
     </row>
     <row r="450">
-      <c r="A450" s="100"/>
-      <c r="B450" s="101"/>
+      <c r="A450" s="101"/>
+      <c r="B450" s="102"/>
     </row>
     <row r="451">
-      <c r="A451" s="100"/>
-      <c r="B451" s="101"/>
+      <c r="A451" s="101"/>
+      <c r="B451" s="102"/>
     </row>
     <row r="452">
-      <c r="A452" s="100"/>
-      <c r="B452" s="101"/>
+      <c r="A452" s="101"/>
+      <c r="B452" s="102"/>
     </row>
     <row r="453">
-      <c r="A453" s="100"/>
-      <c r="B453" s="101"/>
+      <c r="A453" s="101"/>
+      <c r="B453" s="102"/>
     </row>
     <row r="454">
-      <c r="A454" s="100"/>
-      <c r="B454" s="101"/>
+      <c r="A454" s="101"/>
+      <c r="B454" s="102"/>
     </row>
     <row r="455">
-      <c r="A455" s="100"/>
-      <c r="B455" s="101"/>
+      <c r="A455" s="101"/>
+      <c r="B455" s="102"/>
     </row>
     <row r="456">
-      <c r="A456" s="100"/>
-      <c r="B456" s="101"/>
+      <c r="A456" s="101"/>
+      <c r="B456" s="102"/>
     </row>
     <row r="457">
-      <c r="A457" s="100"/>
-      <c r="B457" s="101"/>
+      <c r="A457" s="101"/>
+      <c r="B457" s="102"/>
     </row>
     <row r="458">
-      <c r="A458" s="100"/>
-      <c r="B458" s="101"/>
+      <c r="A458" s="101"/>
+      <c r="B458" s="102"/>
     </row>
     <row r="459">
-      <c r="A459" s="100"/>
-      <c r="B459" s="101"/>
+      <c r="A459" s="101"/>
+      <c r="B459" s="102"/>
     </row>
     <row r="460">
-      <c r="A460" s="100"/>
-      <c r="B460" s="101"/>
+      <c r="A460" s="101"/>
+      <c r="B460" s="102"/>
     </row>
     <row r="461">
-      <c r="A461" s="100"/>
-      <c r="B461" s="101"/>
+      <c r="A461" s="101"/>
+      <c r="B461" s="102"/>
     </row>
     <row r="462">
-      <c r="A462" s="100"/>
-      <c r="B462" s="101"/>
+      <c r="A462" s="101"/>
+      <c r="B462" s="102"/>
     </row>
     <row r="463">
-      <c r="A463" s="100"/>
-      <c r="B463" s="101"/>
+      <c r="A463" s="101"/>
+      <c r="B463" s="102"/>
     </row>
     <row r="464">
-      <c r="A464" s="100"/>
-      <c r="B464" s="101"/>
+      <c r="A464" s="101"/>
+      <c r="B464" s="102"/>
     </row>
     <row r="465">
-      <c r="A465" s="100"/>
-      <c r="B465" s="101"/>
+      <c r="A465" s="101"/>
+      <c r="B465" s="102"/>
     </row>
     <row r="466">
-      <c r="A466" s="100"/>
-      <c r="B466" s="101"/>
+      <c r="A466" s="101"/>
+      <c r="B466" s="102"/>
     </row>
     <row r="467">
-      <c r="A467" s="100"/>
-      <c r="B467" s="101"/>
+      <c r="A467" s="101"/>
+      <c r="B467" s="102"/>
     </row>
     <row r="468">
-      <c r="A468" s="100"/>
-      <c r="B468" s="101"/>
+      <c r="A468" s="101"/>
+      <c r="B468" s="102"/>
     </row>
     <row r="469">
-      <c r="A469" s="100"/>
-      <c r="B469" s="101"/>
+      <c r="A469" s="101"/>
+      <c r="B469" s="102"/>
     </row>
     <row r="470">
-      <c r="A470" s="100"/>
-      <c r="B470" s="101"/>
+      <c r="A470" s="101"/>
+      <c r="B470" s="102"/>
     </row>
     <row r="471">
-      <c r="A471" s="100"/>
-      <c r="B471" s="101"/>
+      <c r="A471" s="101"/>
+      <c r="B471" s="102"/>
     </row>
     <row r="472">
-      <c r="A472" s="100"/>
-      <c r="B472" s="101"/>
+      <c r="A472" s="101"/>
+      <c r="B472" s="102"/>
     </row>
     <row r="473">
-      <c r="A473" s="100"/>
-      <c r="B473" s="101"/>
+      <c r="A473" s="101"/>
+      <c r="B473" s="102"/>
     </row>
     <row r="474">
-      <c r="A474" s="100"/>
-      <c r="B474" s="101"/>
+      <c r="A474" s="101"/>
+      <c r="B474" s="102"/>
     </row>
     <row r="475">
-      <c r="A475" s="100"/>
-      <c r="B475" s="101"/>
+      <c r="A475" s="101"/>
+      <c r="B475" s="102"/>
     </row>
     <row r="476">
-      <c r="A476" s="100"/>
-      <c r="B476" s="101"/>
+      <c r="A476" s="101"/>
+      <c r="B476" s="102"/>
     </row>
     <row r="477">
-      <c r="A477" s="100"/>
-      <c r="B477" s="101"/>
+      <c r="A477" s="101"/>
+      <c r="B477" s="102"/>
     </row>
     <row r="478">
-      <c r="A478" s="100"/>
-      <c r="B478" s="101"/>
+      <c r="A478" s="101"/>
+      <c r="B478" s="102"/>
     </row>
     <row r="479">
-      <c r="A479" s="100"/>
-      <c r="B479" s="101"/>
+      <c r="A479" s="101"/>
+      <c r="B479" s="102"/>
     </row>
     <row r="480">
-      <c r="A480" s="100"/>
-      <c r="B480" s="101"/>
+      <c r="A480" s="101"/>
+      <c r="B480" s="102"/>
     </row>
     <row r="481">
-      <c r="A481" s="100"/>
-      <c r="B481" s="101"/>
+      <c r="A481" s="101"/>
+      <c r="B481" s="102"/>
     </row>
     <row r="482">
-      <c r="A482" s="100"/>
-      <c r="B482" s="101"/>
+      <c r="A482" s="101"/>
+      <c r="B482" s="102"/>
     </row>
     <row r="483">
-      <c r="A483" s="100"/>
-      <c r="B483" s="101"/>
+      <c r="A483" s="101"/>
+      <c r="B483" s="102"/>
     </row>
     <row r="484">
-      <c r="A484" s="100"/>
-      <c r="B484" s="101"/>
+      <c r="A484" s="101"/>
+      <c r="B484" s="102"/>
     </row>
     <row r="485">
-      <c r="A485" s="100"/>
-      <c r="B485" s="101"/>
+      <c r="A485" s="101"/>
+      <c r="B485" s="102"/>
     </row>
     <row r="486">
-      <c r="A486" s="100"/>
-      <c r="B486" s="101"/>
+      <c r="A486" s="101"/>
+      <c r="B486" s="102"/>
     </row>
     <row r="487">
-      <c r="A487" s="100"/>
-      <c r="B487" s="101"/>
+      <c r="A487" s="101"/>
+      <c r="B487" s="102"/>
     </row>
     <row r="488">
-      <c r="A488" s="100"/>
-      <c r="B488" s="101"/>
+      <c r="A488" s="101"/>
+      <c r="B488" s="102"/>
     </row>
     <row r="489">
-      <c r="A489" s="100"/>
-      <c r="B489" s="101"/>
+      <c r="A489" s="101"/>
+      <c r="B489" s="102"/>
     </row>
     <row r="490">
-      <c r="A490" s="100"/>
-      <c r="B490" s="101"/>
+      <c r="A490" s="101"/>
+      <c r="B490" s="102"/>
     </row>
     <row r="491">
-      <c r="A491" s="100"/>
-      <c r="B491" s="101"/>
+      <c r="A491" s="101"/>
+      <c r="B491" s="102"/>
     </row>
     <row r="492">
-      <c r="A492" s="100"/>
-      <c r="B492" s="101"/>
+      <c r="A492" s="101"/>
+      <c r="B492" s="102"/>
     </row>
     <row r="493">
-      <c r="A493" s="100"/>
-      <c r="B493" s="101"/>
+      <c r="A493" s="101"/>
+      <c r="B493" s="102"/>
     </row>
     <row r="494">
-      <c r="A494" s="100"/>
-      <c r="B494" s="101"/>
+      <c r="A494" s="101"/>
+      <c r="B494" s="102"/>
     </row>
     <row r="495">
-      <c r="A495" s="100"/>
-      <c r="B495" s="101"/>
+      <c r="A495" s="101"/>
+      <c r="B495" s="102"/>
     </row>
     <row r="496">
-      <c r="A496" s="100"/>
-      <c r="B496" s="101"/>
+      <c r="A496" s="101"/>
+      <c r="B496" s="102"/>
     </row>
     <row r="497">
-      <c r="A497" s="100"/>
-      <c r="B497" s="101"/>
+      <c r="A497" s="101"/>
+      <c r="B497" s="102"/>
     </row>
     <row r="498">
-      <c r="A498" s="100"/>
-      <c r="B498" s="101"/>
+      <c r="A498" s="101"/>
+      <c r="B498" s="102"/>
     </row>
     <row r="499">
-      <c r="A499" s="100"/>
-      <c r="B499" s="101"/>
+      <c r="A499" s="101"/>
+      <c r="B499" s="102"/>
     </row>
     <row r="500">
-      <c r="A500" s="100"/>
-      <c r="B500" s="101"/>
+      <c r="A500" s="101"/>
+      <c r="B500" s="102"/>
     </row>
     <row r="501">
-      <c r="A501" s="100"/>
-      <c r="B501" s="101"/>
+      <c r="A501" s="101"/>
+      <c r="B501" s="102"/>
     </row>
     <row r="502">
-      <c r="A502" s="100"/>
-      <c r="B502" s="101"/>
+      <c r="A502" s="101"/>
+      <c r="B502" s="102"/>
     </row>
     <row r="503">
-      <c r="A503" s="100"/>
-      <c r="B503" s="101"/>
+      <c r="A503" s="101"/>
+      <c r="B503" s="102"/>
     </row>
     <row r="504">
-      <c r="A504" s="100"/>
-      <c r="B504" s="101"/>
+      <c r="A504" s="101"/>
+      <c r="B504" s="102"/>
     </row>
     <row r="505">
-      <c r="A505" s="100"/>
-      <c r="B505" s="101"/>
+      <c r="A505" s="101"/>
+      <c r="B505" s="102"/>
     </row>
     <row r="506">
-      <c r="A506" s="100"/>
-      <c r="B506" s="101"/>
+      <c r="A506" s="101"/>
+      <c r="B506" s="102"/>
     </row>
     <row r="507">
-      <c r="A507" s="100"/>
-      <c r="B507" s="101"/>
+      <c r="A507" s="101"/>
+      <c r="B507" s="102"/>
     </row>
     <row r="508">
-      <c r="A508" s="100"/>
-      <c r="B508" s="101"/>
+      <c r="A508" s="101"/>
+      <c r="B508" s="102"/>
     </row>
     <row r="509">
-      <c r="A509" s="100"/>
-      <c r="B509" s="101"/>
+      <c r="A509" s="101"/>
+      <c r="B509" s="102"/>
     </row>
     <row r="510">
-      <c r="A510" s="100"/>
-      <c r="B510" s="101"/>
+      <c r="A510" s="101"/>
+      <c r="B510" s="102"/>
     </row>
     <row r="511">
-      <c r="A511" s="100"/>
-      <c r="B511" s="101"/>
+      <c r="A511" s="101"/>
+      <c r="B511" s="102"/>
     </row>
     <row r="512">
-      <c r="A512" s="100"/>
-      <c r="B512" s="101"/>
+      <c r="A512" s="101"/>
+      <c r="B512" s="102"/>
     </row>
     <row r="513">
-      <c r="A513" s="100"/>
-      <c r="B513" s="101"/>
+      <c r="A513" s="101"/>
+      <c r="B513" s="102"/>
     </row>
     <row r="514">
-      <c r="A514" s="100"/>
-      <c r="B514" s="101"/>
+      <c r="A514" s="101"/>
+      <c r="B514" s="102"/>
     </row>
     <row r="515">
-      <c r="A515" s="100"/>
-      <c r="B515" s="101"/>
+      <c r="A515" s="101"/>
+      <c r="B515" s="102"/>
     </row>
     <row r="516">
-      <c r="A516" s="100"/>
-      <c r="B516" s="101"/>
+      <c r="A516" s="101"/>
+      <c r="B516" s="102"/>
     </row>
     <row r="517">
-      <c r="A517" s="100"/>
-      <c r="B517" s="101"/>
+      <c r="A517" s="101"/>
+      <c r="B517" s="102"/>
     </row>
     <row r="518">
-      <c r="A518" s="100"/>
-      <c r="B518" s="101"/>
+      <c r="A518" s="101"/>
+      <c r="B518" s="102"/>
     </row>
     <row r="519">
-      <c r="A519" s="100"/>
-      <c r="B519" s="101"/>
+      <c r="A519" s="101"/>
+      <c r="B519" s="102"/>
     </row>
     <row r="520">
-      <c r="A520" s="100"/>
-      <c r="B520" s="101"/>
+      <c r="A520" s="101"/>
+      <c r="B520" s="102"/>
     </row>
     <row r="521">
-      <c r="A521" s="100"/>
-      <c r="B521" s="101"/>
+      <c r="A521" s="101"/>
+      <c r="B521" s="102"/>
     </row>
     <row r="522">
-      <c r="A522" s="100"/>
-      <c r="B522" s="101"/>
+      <c r="A522" s="101"/>
+      <c r="B522" s="102"/>
     </row>
     <row r="523">
-      <c r="A523" s="100"/>
-      <c r="B523" s="101"/>
+      <c r="A523" s="101"/>
+      <c r="B523" s="102"/>
     </row>
     <row r="524">
-      <c r="A524" s="100"/>
-      <c r="B524" s="101"/>
+      <c r="A524" s="101"/>
+      <c r="B524" s="102"/>
     </row>
     <row r="525">
-      <c r="A525" s="100"/>
-      <c r="B525" s="101"/>
+      <c r="A525" s="101"/>
+      <c r="B525" s="102"/>
     </row>
     <row r="526">
-      <c r="A526" s="100"/>
-      <c r="B526" s="101"/>
+      <c r="A526" s="101"/>
+      <c r="B526" s="102"/>
     </row>
     <row r="527">
-      <c r="A527" s="100"/>
-      <c r="B527" s="101"/>
+      <c r="A527" s="101"/>
+      <c r="B527" s="102"/>
     </row>
     <row r="528">
-      <c r="A528" s="100"/>
-      <c r="B528" s="101"/>
+      <c r="A528" s="101"/>
+      <c r="B528" s="102"/>
     </row>
     <row r="529">
-      <c r="A529" s="100"/>
-      <c r="B529" s="101"/>
+      <c r="A529" s="101"/>
+      <c r="B529" s="102"/>
     </row>
     <row r="530">
-      <c r="A530" s="100"/>
-      <c r="B530" s="101"/>
+      <c r="A530" s="101"/>
+      <c r="B530" s="102"/>
     </row>
     <row r="531">
-      <c r="A531" s="100"/>
-      <c r="B531" s="101"/>
+      <c r="A531" s="101"/>
+      <c r="B531" s="102"/>
     </row>
     <row r="532">
-      <c r="A532" s="100"/>
-      <c r="B532" s="101"/>
+      <c r="A532" s="101"/>
+      <c r="B532" s="102"/>
     </row>
     <row r="533">
-      <c r="A533" s="100"/>
-      <c r="B533" s="101"/>
+      <c r="A533" s="101"/>
+      <c r="B533" s="102"/>
     </row>
     <row r="534">
-      <c r="A534" s="100"/>
-      <c r="B534" s="101"/>
+      <c r="A534" s="101"/>
+      <c r="B534" s="102"/>
     </row>
     <row r="535">
-      <c r="A535" s="100"/>
-      <c r="B535" s="101"/>
+      <c r="A535" s="101"/>
+      <c r="B535" s="102"/>
     </row>
     <row r="536">
-      <c r="A536" s="100"/>
-      <c r="B536" s="101"/>
+      <c r="A536" s="101"/>
+      <c r="B536" s="102"/>
     </row>
     <row r="537">
-      <c r="A537" s="100"/>
-      <c r="B537" s="101"/>
+      <c r="A537" s="101"/>
+      <c r="B537" s="102"/>
     </row>
     <row r="538">
-      <c r="A538" s="100"/>
-      <c r="B538" s="101"/>
+      <c r="A538" s="101"/>
+      <c r="B538" s="102"/>
     </row>
     <row r="539">
-      <c r="A539" s="100"/>
-      <c r="B539" s="101"/>
+      <c r="A539" s="101"/>
+      <c r="B539" s="102"/>
     </row>
     <row r="540">
-      <c r="A540" s="100"/>
-      <c r="B540" s="101"/>
+      <c r="A540" s="101"/>
+      <c r="B540" s="102"/>
     </row>
     <row r="541">
-      <c r="A541" s="100"/>
-      <c r="B541" s="101"/>
+      <c r="A541" s="101"/>
+      <c r="B541" s="102"/>
     </row>
     <row r="542">
-      <c r="A542" s="100"/>
-      <c r="B542" s="101"/>
+      <c r="A542" s="101"/>
+      <c r="B542" s="102"/>
     </row>
     <row r="543">
-      <c r="A543" s="100"/>
-      <c r="B543" s="101"/>
+      <c r="A543" s="101"/>
+      <c r="B543" s="102"/>
     </row>
     <row r="544">
-      <c r="A544" s="100"/>
-      <c r="B544" s="101"/>
+      <c r="A544" s="101"/>
+      <c r="B544" s="102"/>
     </row>
     <row r="545">
-      <c r="A545" s="100"/>
-      <c r="B545" s="101"/>
+      <c r="A545" s="101"/>
+      <c r="B545" s="102"/>
     </row>
     <row r="546">
-      <c r="A546" s="100"/>
-      <c r="B546" s="101"/>
+      <c r="A546" s="101"/>
+      <c r="B546" s="102"/>
     </row>
     <row r="547">
-      <c r="A547" s="100"/>
-      <c r="B547" s="101"/>
+      <c r="A547" s="101"/>
+      <c r="B547" s="102"/>
     </row>
     <row r="548">
-      <c r="A548" s="100"/>
-      <c r="B548" s="101"/>
+      <c r="A548" s="101"/>
+      <c r="B548" s="102"/>
     </row>
     <row r="549">
-      <c r="A549" s="100"/>
-      <c r="B549" s="101"/>
+      <c r="A549" s="101"/>
+      <c r="B549" s="102"/>
     </row>
     <row r="550">
-      <c r="A550" s="100"/>
-      <c r="B550" s="101"/>
+      <c r="A550" s="101"/>
+      <c r="B550" s="102"/>
     </row>
     <row r="551">
-      <c r="A551" s="100"/>
-      <c r="B551" s="101"/>
+      <c r="A551" s="101"/>
+      <c r="B551" s="102"/>
     </row>
     <row r="552">
-      <c r="A552" s="100"/>
-      <c r="B552" s="101"/>
+      <c r="A552" s="101"/>
+      <c r="B552" s="102"/>
     </row>
     <row r="553">
-      <c r="A553" s="100"/>
-      <c r="B553" s="101"/>
+      <c r="A553" s="101"/>
+      <c r="B553" s="102"/>
     </row>
     <row r="554">
-      <c r="A554" s="100"/>
-      <c r="B554" s="101"/>
+      <c r="A554" s="101"/>
+      <c r="B554" s="102"/>
     </row>
     <row r="555">
-      <c r="A555" s="100"/>
-      <c r="B555" s="101"/>
+      <c r="A555" s="101"/>
+      <c r="B555" s="102"/>
     </row>
     <row r="556">
-      <c r="A556" s="100"/>
-      <c r="B556" s="101"/>
+      <c r="A556" s="101"/>
+      <c r="B556" s="102"/>
     </row>
     <row r="557">
-      <c r="A557" s="100"/>
-      <c r="B557" s="101"/>
+      <c r="A557" s="101"/>
+      <c r="B557" s="102"/>
     </row>
     <row r="558">
-      <c r="A558" s="100"/>
-      <c r="B558" s="101"/>
+      <c r="A558" s="101"/>
+      <c r="B558" s="102"/>
     </row>
     <row r="559">
-      <c r="A559" s="100"/>
-      <c r="B559" s="101"/>
+      <c r="A559" s="101"/>
+      <c r="B559" s="102"/>
     </row>
     <row r="560">
-      <c r="A560" s="100"/>
-      <c r="B560" s="101"/>
+      <c r="A560" s="101"/>
+      <c r="B560" s="102"/>
     </row>
     <row r="561">
-      <c r="A561" s="100"/>
-      <c r="B561" s="101"/>
+      <c r="A561" s="101"/>
+      <c r="B561" s="102"/>
     </row>
     <row r="562">
-      <c r="A562" s="100"/>
-      <c r="B562" s="101"/>
+      <c r="A562" s="101"/>
+      <c r="B562" s="102"/>
     </row>
     <row r="563">
-      <c r="A563" s="100"/>
-      <c r="B563" s="101"/>
+      <c r="A563" s="101"/>
+      <c r="B563" s="102"/>
     </row>
     <row r="564">
-      <c r="A564" s="100"/>
-      <c r="B564" s="101"/>
+      <c r="A564" s="101"/>
+      <c r="B564" s="102"/>
     </row>
     <row r="565">
-      <c r="A565" s="100"/>
-      <c r="B565" s="101"/>
+      <c r="A565" s="101"/>
+      <c r="B565" s="102"/>
     </row>
     <row r="566">
-      <c r="A566" s="100"/>
-      <c r="B566" s="101"/>
+      <c r="A566" s="101"/>
+      <c r="B566" s="102"/>
     </row>
     <row r="567">
-      <c r="A567" s="100"/>
-      <c r="B567" s="101"/>
+      <c r="A567" s="101"/>
+      <c r="B567" s="102"/>
     </row>
     <row r="568">
-      <c r="A568" s="100"/>
-      <c r="B568" s="101"/>
+      <c r="A568" s="101"/>
+      <c r="B568" s="102"/>
     </row>
     <row r="569">
-      <c r="A569" s="100"/>
-      <c r="B569" s="101"/>
+      <c r="A569" s="101"/>
+      <c r="B569" s="102"/>
     </row>
     <row r="570">
-      <c r="A570" s="100"/>
-      <c r="B570" s="101"/>
+      <c r="A570" s="101"/>
+      <c r="B570" s="102"/>
     </row>
     <row r="571">
-      <c r="A571" s="100"/>
-      <c r="B571" s="101"/>
+      <c r="A571" s="101"/>
+      <c r="B571" s="102"/>
     </row>
     <row r="572">
-      <c r="A572" s="100"/>
-      <c r="B572" s="101"/>
+      <c r="A572" s="101"/>
+      <c r="B572" s="102"/>
     </row>
     <row r="573">
-      <c r="A573" s="100"/>
-      <c r="B573" s="101"/>
+      <c r="A573" s="101"/>
+      <c r="B573" s="102"/>
     </row>
     <row r="574">
-      <c r="A574" s="100"/>
-      <c r="B574" s="101"/>
+      <c r="A574" s="101"/>
+      <c r="B574" s="102"/>
     </row>
     <row r="575">
-      <c r="A575" s="100"/>
-      <c r="B575" s="101"/>
+      <c r="A575" s="101"/>
+      <c r="B575" s="102"/>
     </row>
     <row r="576">
-      <c r="A576" s="100"/>
-      <c r="B576" s="101"/>
+      <c r="A576" s="101"/>
+      <c r="B576" s="102"/>
     </row>
     <row r="577">
-      <c r="A577" s="100"/>
-      <c r="B577" s="101"/>
+      <c r="A577" s="101"/>
+      <c r="B577" s="102"/>
     </row>
     <row r="578">
-      <c r="A578" s="100"/>
-      <c r="B578" s="101"/>
+      <c r="A578" s="101"/>
+      <c r="B578" s="102"/>
     </row>
     <row r="579">
-      <c r="A579" s="100"/>
-      <c r="B579" s="101"/>
+      <c r="A579" s="101"/>
+      <c r="B579" s="102"/>
     </row>
     <row r="580">
-      <c r="A580" s="100"/>
-      <c r="B580" s="101"/>
+      <c r="A580" s="101"/>
+      <c r="B580" s="102"/>
     </row>
     <row r="581">
-      <c r="A581" s="100"/>
-      <c r="B581" s="101"/>
+      <c r="A581" s="101"/>
+      <c r="B581" s="102"/>
     </row>
     <row r="582">
-      <c r="A582" s="100"/>
-      <c r="B582" s="101"/>
+      <c r="A582" s="101"/>
+      <c r="B582" s="102"/>
     </row>
     <row r="583">
-      <c r="A583" s="100"/>
-      <c r="B583" s="101"/>
+      <c r="A583" s="101"/>
+      <c r="B583" s="102"/>
     </row>
     <row r="584">
-      <c r="A584" s="100"/>
-      <c r="B584" s="101"/>
+      <c r="A584" s="101"/>
+      <c r="B584" s="102"/>
     </row>
     <row r="585">
-      <c r="A585" s="100"/>
-      <c r="B585" s="101"/>
+      <c r="A585" s="101"/>
+      <c r="B585" s="102"/>
     </row>
     <row r="586">
-      <c r="A586" s="100"/>
-      <c r="B586" s="101"/>
+      <c r="A586" s="101"/>
+      <c r="B586" s="102"/>
     </row>
     <row r="587">
-      <c r="A587" s="100"/>
-      <c r="B587" s="101"/>
+      <c r="A587" s="101"/>
+      <c r="B587" s="102"/>
     </row>
     <row r="588">
-      <c r="A588" s="100"/>
-      <c r="B588" s="101"/>
+      <c r="A588" s="101"/>
+      <c r="B588" s="102"/>
     </row>
     <row r="589">
-      <c r="A589" s="100"/>
-      <c r="B589" s="101"/>
+      <c r="A589" s="101"/>
+      <c r="B589" s="102"/>
     </row>
     <row r="590">
-      <c r="A590" s="100"/>
-      <c r="B590" s="101"/>
+      <c r="A590" s="101"/>
+      <c r="B590" s="102"/>
     </row>
     <row r="591">
-      <c r="A591" s="100"/>
-      <c r="B591" s="101"/>
+      <c r="A591" s="101"/>
+      <c r="B591" s="102"/>
     </row>
     <row r="592">
-      <c r="A592" s="100"/>
-      <c r="B592" s="101"/>
+      <c r="A592" s="101"/>
+      <c r="B592" s="102"/>
     </row>
     <row r="593">
-      <c r="A593" s="100"/>
-      <c r="B593" s="101"/>
+      <c r="A593" s="101"/>
+      <c r="B593" s="102"/>
     </row>
     <row r="594">
-      <c r="A594" s="100"/>
-      <c r="B594" s="101"/>
+      <c r="A594" s="101"/>
+      <c r="B594" s="102"/>
     </row>
     <row r="595">
-      <c r="A595" s="100"/>
-      <c r="B595" s="101"/>
+      <c r="A595" s="101"/>
+      <c r="B595" s="102"/>
     </row>
     <row r="596">
-      <c r="A596" s="100"/>
-      <c r="B596" s="101"/>
+      <c r="A596" s="101"/>
+      <c r="B596" s="102"/>
     </row>
     <row r="597">
-      <c r="A597" s="100"/>
-      <c r="B597" s="101"/>
+      <c r="A597" s="101"/>
+      <c r="B597" s="102"/>
     </row>
     <row r="598">
-      <c r="A598" s="100"/>
-      <c r="B598" s="101"/>
+      <c r="A598" s="101"/>
+      <c r="B598" s="102"/>
     </row>
     <row r="599">
-      <c r="A599" s="100"/>
-      <c r="B599" s="101"/>
+      <c r="A599" s="101"/>
+      <c r="B599" s="102"/>
     </row>
     <row r="600">
-      <c r="A600" s="100"/>
-      <c r="B600" s="101"/>
+      <c r="A600" s="101"/>
+      <c r="B600" s="102"/>
     </row>
     <row r="601">
-      <c r="A601" s="100"/>
-      <c r="B601" s="101"/>
+      <c r="A601" s="101"/>
+      <c r="B601" s="102"/>
     </row>
     <row r="602">
-      <c r="A602" s="100"/>
-      <c r="B602" s="101"/>
+      <c r="A602" s="101"/>
+      <c r="B602" s="102"/>
     </row>
     <row r="603">
-      <c r="A603" s="100"/>
-      <c r="B603" s="101"/>
+      <c r="A603" s="101"/>
+      <c r="B603" s="102"/>
     </row>
     <row r="604">
-      <c r="A604" s="100"/>
-      <c r="B604" s="101"/>
+      <c r="A604" s="101"/>
+      <c r="B604" s="102"/>
     </row>
     <row r="605">
-      <c r="A605" s="100"/>
-      <c r="B605" s="101"/>
+      <c r="A605" s="101"/>
+      <c r="B605" s="102"/>
     </row>
     <row r="606">
-      <c r="A606" s="100"/>
-      <c r="B606" s="101"/>
+      <c r="A606" s="101"/>
+      <c r="B606" s="102"/>
     </row>
     <row r="607">
-      <c r="A607" s="100"/>
-      <c r="B607" s="101"/>
+      <c r="A607" s="101"/>
+      <c r="B607" s="102"/>
     </row>
     <row r="608">
-      <c r="A608" s="100"/>
-      <c r="B608" s="101"/>
+      <c r="A608" s="101"/>
+      <c r="B608" s="102"/>
     </row>
     <row r="609">
-      <c r="A609" s="100"/>
-      <c r="B609" s="101"/>
+      <c r="A609" s="101"/>
+      <c r="B609" s="102"/>
     </row>
     <row r="610">
-      <c r="A610" s="100"/>
-      <c r="B610" s="101"/>
+      <c r="A610" s="101"/>
+      <c r="B610" s="102"/>
     </row>
     <row r="611">
-      <c r="A611" s="100"/>
-      <c r="B611" s="101"/>
+      <c r="A611" s="101"/>
+      <c r="B611" s="102"/>
     </row>
     <row r="612">
-      <c r="A612" s="100"/>
-      <c r="B612" s="101"/>
+      <c r="A612" s="101"/>
+      <c r="B612" s="102"/>
     </row>
     <row r="613">
-      <c r="A613" s="100"/>
-      <c r="B613" s="101"/>
+      <c r="A613" s="101"/>
+      <c r="B613" s="102"/>
     </row>
     <row r="614">
-      <c r="A614" s="100"/>
-      <c r="B614" s="101"/>
+      <c r="A614" s="101"/>
+      <c r="B614" s="102"/>
     </row>
     <row r="615">
-      <c r="A615" s="100"/>
-      <c r="B615" s="101"/>
+      <c r="A615" s="101"/>
+      <c r="B615" s="102"/>
     </row>
     <row r="616">
-      <c r="A616" s="100"/>
-      <c r="B616" s="101"/>
+      <c r="A616" s="101"/>
+      <c r="B616" s="102"/>
     </row>
     <row r="617">
-      <c r="A617" s="100"/>
-      <c r="B617" s="101"/>
+      <c r="A617" s="101"/>
+      <c r="B617" s="102"/>
     </row>
     <row r="618">
-      <c r="A618" s="100"/>
-      <c r="B618" s="101"/>
+      <c r="A618" s="101"/>
+      <c r="B618" s="102"/>
     </row>
     <row r="619">
-      <c r="A619" s="100"/>
-      <c r="B619" s="101"/>
+      <c r="A619" s="101"/>
+      <c r="B619" s="102"/>
     </row>
     <row r="620">
-      <c r="A620" s="100"/>
-      <c r="B620" s="101"/>
+      <c r="A620" s="101"/>
+      <c r="B620" s="102"/>
     </row>
     <row r="621">
-      <c r="A621" s="100"/>
-      <c r="B621" s="101"/>
+      <c r="A621" s="101"/>
+      <c r="B621" s="102"/>
     </row>
     <row r="622">
-      <c r="A622" s="100"/>
-      <c r="B622" s="101"/>
+      <c r="A622" s="101"/>
+      <c r="B622" s="102"/>
     </row>
     <row r="623">
-      <c r="A623" s="100"/>
-      <c r="B623" s="101"/>
+      <c r="A623" s="101"/>
+      <c r="B623" s="102"/>
     </row>
     <row r="624">
-      <c r="A624" s="100"/>
-      <c r="B624" s="101"/>
+      <c r="A624" s="101"/>
+      <c r="B624" s="102"/>
     </row>
     <row r="625">
-      <c r="A625" s="100"/>
-      <c r="B625" s="101"/>
+      <c r="A625" s="101"/>
+      <c r="B625" s="102"/>
     </row>
     <row r="626">
-      <c r="A626" s="100"/>
-      <c r="B626" s="101"/>
+      <c r="A626" s="101"/>
+      <c r="B626" s="102"/>
     </row>
     <row r="627">
-      <c r="A627" s="100"/>
-      <c r="B627" s="101"/>
+      <c r="A627" s="101"/>
+      <c r="B627" s="102"/>
     </row>
     <row r="628">
-      <c r="A628" s="100"/>
-      <c r="B628" s="101"/>
+      <c r="A628" s="101"/>
+      <c r="B628" s="102"/>
     </row>
     <row r="629">
-      <c r="A629" s="100"/>
-      <c r="B629" s="101"/>
+      <c r="A629" s="101"/>
+      <c r="B629" s="102"/>
     </row>
     <row r="630">
-      <c r="A630" s="100"/>
-      <c r="B630" s="101"/>
+      <c r="A630" s="101"/>
+      <c r="B630" s="102"/>
     </row>
     <row r="631">
-      <c r="A631" s="100"/>
-      <c r="B631" s="101"/>
+      <c r="A631" s="101"/>
+      <c r="B631" s="102"/>
     </row>
     <row r="632">
-      <c r="A632" s="100"/>
-      <c r="B632" s="101"/>
+      <c r="A632" s="101"/>
+      <c r="B632" s="102"/>
     </row>
     <row r="633">
-      <c r="A633" s="100"/>
-      <c r="B633" s="101"/>
+      <c r="A633" s="101"/>
+      <c r="B633" s="102"/>
     </row>
     <row r="634">
-      <c r="A634" s="100"/>
-      <c r="B634" s="101"/>
+      <c r="A634" s="101"/>
+      <c r="B634" s="102"/>
     </row>
     <row r="635">
-      <c r="A635" s="100"/>
-      <c r="B635" s="101"/>
+      <c r="A635" s="101"/>
+      <c r="B635" s="102"/>
     </row>
     <row r="636">
-      <c r="A636" s="100"/>
-      <c r="B636" s="101"/>
+      <c r="A636" s="101"/>
+      <c r="B636" s="102"/>
     </row>
     <row r="637">
-      <c r="A637" s="100"/>
-      <c r="B637" s="101"/>
+      <c r="A637" s="101"/>
+      <c r="B637" s="102"/>
     </row>
     <row r="638">
-      <c r="A638" s="100"/>
-      <c r="B638" s="101"/>
+      <c r="A638" s="101"/>
+      <c r="B638" s="102"/>
     </row>
     <row r="639">
-      <c r="A639" s="100"/>
-      <c r="B639" s="101"/>
+      <c r="A639" s="101"/>
+      <c r="B639" s="102"/>
     </row>
     <row r="640">
-      <c r="A640" s="100"/>
-      <c r="B640" s="101"/>
+      <c r="A640" s="101"/>
+      <c r="B640" s="102"/>
     </row>
     <row r="641">
-      <c r="A641" s="100"/>
-      <c r="B641" s="101"/>
+      <c r="A641" s="101"/>
+      <c r="B641" s="102"/>
     </row>
     <row r="642">
-      <c r="A642" s="100"/>
-      <c r="B642" s="101"/>
+      <c r="A642" s="101"/>
+      <c r="B642" s="102"/>
     </row>
     <row r="643">
-      <c r="A643" s="100"/>
-      <c r="B643" s="101"/>
+      <c r="A643" s="101"/>
+      <c r="B643" s="102"/>
     </row>
     <row r="644">
-      <c r="A644" s="100"/>
-      <c r="B644" s="101"/>
+      <c r="A644" s="101"/>
+      <c r="B644" s="102"/>
     </row>
     <row r="645">
-      <c r="A645" s="100"/>
-      <c r="B645" s="101"/>
+      <c r="A645" s="101"/>
+      <c r="B645" s="102"/>
     </row>
     <row r="646">
-      <c r="A646" s="100"/>
-      <c r="B646" s="101"/>
+      <c r="A646" s="101"/>
+      <c r="B646" s="102"/>
     </row>
     <row r="647">
-      <c r="A647" s="100"/>
-      <c r="B647" s="101"/>
+      <c r="A647" s="101"/>
+      <c r="B647" s="102"/>
     </row>
     <row r="648">
-      <c r="A648" s="100"/>
-      <c r="B648" s="101"/>
+      <c r="A648" s="101"/>
+      <c r="B648" s="102"/>
     </row>
     <row r="649">
-      <c r="A649" s="100"/>
-      <c r="B649" s="101"/>
+      <c r="A649" s="101"/>
+      <c r="B649" s="102"/>
     </row>
     <row r="650">
-      <c r="A650" s="100"/>
-      <c r="B650" s="101"/>
+      <c r="A650" s="101"/>
+      <c r="B650" s="102"/>
     </row>
     <row r="651">
-      <c r="A651" s="100"/>
-      <c r="B651" s="101"/>
+      <c r="A651" s="101"/>
+      <c r="B651" s="102"/>
     </row>
     <row r="652">
-      <c r="A652" s="100"/>
-      <c r="B652" s="101"/>
+      <c r="A652" s="101"/>
+      <c r="B652" s="102"/>
     </row>
     <row r="653">
-      <c r="A653" s="100"/>
-      <c r="B653" s="101"/>
+      <c r="A653" s="101"/>
+      <c r="B653" s="102"/>
     </row>
     <row r="654">
-      <c r="A654" s="100"/>
-      <c r="B654" s="101"/>
+      <c r="A654" s="101"/>
+      <c r="B654" s="102"/>
     </row>
     <row r="655">
-      <c r="A655" s="100"/>
-      <c r="B655" s="101"/>
+      <c r="A655" s="101"/>
+      <c r="B655" s="102"/>
     </row>
     <row r="656">
-      <c r="A656" s="100"/>
-      <c r="B656" s="101"/>
+      <c r="A656" s="101"/>
+      <c r="B656" s="102"/>
     </row>
     <row r="657">
-      <c r="A657" s="100"/>
-      <c r="B657" s="101"/>
+      <c r="A657" s="101"/>
+      <c r="B657" s="102"/>
     </row>
     <row r="658">
-      <c r="A658" s="100"/>
-      <c r="B658" s="101"/>
+      <c r="A658" s="101"/>
+      <c r="B658" s="102"/>
     </row>
     <row r="659">
-      <c r="A659" s="100"/>
-      <c r="B659" s="101"/>
+      <c r="A659" s="101"/>
+      <c r="B659" s="102"/>
     </row>
     <row r="660">
-      <c r="A660" s="100"/>
-      <c r="B660" s="101"/>
+      <c r="A660" s="101"/>
+      <c r="B660" s="102"/>
     </row>
     <row r="661">
-      <c r="A661" s="100"/>
-      <c r="B661" s="101"/>
+      <c r="A661" s="101"/>
+      <c r="B661" s="102"/>
     </row>
     <row r="662">
-      <c r="A662" s="100"/>
-      <c r="B662" s="101"/>
+      <c r="A662" s="101"/>
+      <c r="B662" s="102"/>
     </row>
     <row r="663">
-      <c r="A663" s="100"/>
-      <c r="B663" s="101"/>
+      <c r="A663" s="101"/>
+      <c r="B663" s="102"/>
     </row>
     <row r="664">
-      <c r="A664" s="100"/>
-      <c r="B664" s="101"/>
+      <c r="A664" s="101"/>
+      <c r="B664" s="102"/>
     </row>
     <row r="665">
-      <c r="A665" s="100"/>
-      <c r="B665" s="101"/>
+      <c r="A665" s="101"/>
+      <c r="B665" s="102"/>
     </row>
     <row r="666">
-      <c r="A666" s="100"/>
-      <c r="B666" s="101"/>
+      <c r="A666" s="101"/>
+      <c r="B666" s="102"/>
     </row>
     <row r="667">
-      <c r="A667" s="100"/>
-      <c r="B667" s="101"/>
+      <c r="A667" s="101"/>
+      <c r="B667" s="102"/>
     </row>
     <row r="668">
-      <c r="A668" s="100"/>
-      <c r="B668" s="101"/>
+      <c r="A668" s="101"/>
+      <c r="B668" s="102"/>
     </row>
     <row r="669">
-      <c r="A669" s="100"/>
-      <c r="B669" s="101"/>
+      <c r="A669" s="101"/>
+      <c r="B669" s="102"/>
     </row>
     <row r="670">
-      <c r="A670" s="100"/>
-      <c r="B670" s="101"/>
+      <c r="A670" s="101"/>
+      <c r="B670" s="102"/>
     </row>
     <row r="671">
-      <c r="A671" s="100"/>
-      <c r="B671" s="101"/>
+      <c r="A671" s="101"/>
+      <c r="B671" s="102"/>
     </row>
     <row r="672">
-      <c r="A672" s="100"/>
-      <c r="B672" s="101"/>
+      <c r="A672" s="101"/>
+      <c r="B672" s="102"/>
     </row>
     <row r="673">
-      <c r="A673" s="100"/>
-      <c r="B673" s="101"/>
+      <c r="A673" s="101"/>
+      <c r="B673" s="102"/>
     </row>
     <row r="674">
-      <c r="A674" s="100"/>
-      <c r="B674" s="101"/>
+      <c r="A674" s="101"/>
+      <c r="B674" s="102"/>
     </row>
     <row r="675">
-      <c r="A675" s="100"/>
-      <c r="B675" s="101"/>
+      <c r="A675" s="101"/>
+      <c r="B675" s="102"/>
     </row>
     <row r="676">
-      <c r="A676" s="100"/>
-      <c r="B676" s="101"/>
+      <c r="A676" s="101"/>
+      <c r="B676" s="102"/>
     </row>
     <row r="677">
-      <c r="A677" s="100"/>
-      <c r="B677" s="101"/>
+      <c r="A677" s="101"/>
+      <c r="B677" s="102"/>
     </row>
     <row r="678">
-      <c r="A678" s="100"/>
-      <c r="B678" s="101"/>
+      <c r="A678" s="101"/>
+      <c r="B678" s="102"/>
     </row>
     <row r="679">
-      <c r="A679" s="100"/>
-      <c r="B679" s="101"/>
+      <c r="A679" s="101"/>
+      <c r="B679" s="102"/>
     </row>
     <row r="680">
-      <c r="A680" s="100"/>
-      <c r="B680" s="101"/>
+      <c r="A680" s="101"/>
+      <c r="B680" s="102"/>
     </row>
     <row r="681">
-      <c r="A681" s="100"/>
-      <c r="B681" s="101"/>
+      <c r="A681" s="101"/>
+      <c r="B681" s="102"/>
     </row>
     <row r="682">
-      <c r="A682" s="100"/>
-      <c r="B682" s="101"/>
+      <c r="A682" s="101"/>
+      <c r="B682" s="102"/>
     </row>
     <row r="683">
-      <c r="A683" s="100"/>
-      <c r="B683" s="101"/>
+      <c r="A683" s="101"/>
+      <c r="B683" s="102"/>
     </row>
     <row r="684">
-      <c r="A684" s="100"/>
-      <c r="B684" s="101"/>
+      <c r="A684" s="101"/>
+      <c r="B684" s="102"/>
     </row>
     <row r="685">
-      <c r="A685" s="100"/>
-      <c r="B685" s="101"/>
+      <c r="A685" s="101"/>
+      <c r="B685" s="102"/>
     </row>
     <row r="686">
-      <c r="A686" s="100"/>
-      <c r="B686" s="101"/>
+      <c r="A686" s="101"/>
+      <c r="B686" s="102"/>
     </row>
     <row r="687">
-      <c r="A687" s="100"/>
-      <c r="B687" s="101"/>
+      <c r="A687" s="101"/>
+      <c r="B687" s="102"/>
     </row>
     <row r="688">
-      <c r="A688" s="100"/>
-      <c r="B688" s="101"/>
+      <c r="A688" s="101"/>
+      <c r="B688" s="102"/>
     </row>
     <row r="689">
-      <c r="A689" s="100"/>
-      <c r="B689" s="101"/>
+      <c r="A689" s="101"/>
+      <c r="B689" s="102"/>
     </row>
     <row r="690">
-      <c r="A690" s="100"/>
-      <c r="B690" s="101"/>
+      <c r="A690" s="101"/>
+      <c r="B690" s="102"/>
     </row>
     <row r="691">
-      <c r="A691" s="100"/>
-      <c r="B691" s="101"/>
+      <c r="A691" s="101"/>
+      <c r="B691" s="102"/>
     </row>
     <row r="692">
-      <c r="A692" s="100"/>
-      <c r="B692" s="101"/>
+      <c r="A692" s="101"/>
+      <c r="B692" s="102"/>
     </row>
     <row r="693">
-      <c r="A693" s="100"/>
-      <c r="B693" s="101"/>
+      <c r="A693" s="101"/>
+      <c r="B693" s="102"/>
     </row>
     <row r="694">
-      <c r="A694" s="100"/>
-      <c r="B694" s="101"/>
+      <c r="A694" s="101"/>
+      <c r="B694" s="102"/>
     </row>
     <row r="695">
-      <c r="A695" s="100"/>
-      <c r="B695" s="101"/>
+      <c r="A695" s="101"/>
+      <c r="B695" s="102"/>
     </row>
     <row r="696">
-      <c r="A696" s="100"/>
-      <c r="B696" s="101"/>
+      <c r="A696" s="101"/>
+      <c r="B696" s="102"/>
     </row>
     <row r="697">
-      <c r="A697" s="100"/>
-      <c r="B697" s="101"/>
+      <c r="A697" s="101"/>
+      <c r="B697" s="102"/>
     </row>
     <row r="698">
-      <c r="A698" s="100"/>
-      <c r="B698" s="101"/>
+      <c r="A698" s="101"/>
+      <c r="B698" s="102"/>
     </row>
     <row r="699">
-      <c r="A699" s="100"/>
-      <c r="B699" s="101"/>
+      <c r="A699" s="101"/>
+      <c r="B699" s="102"/>
     </row>
     <row r="700">
-      <c r="A700" s="100"/>
-      <c r="B700" s="101"/>
+      <c r="A700" s="101"/>
+      <c r="B700" s="102"/>
     </row>
     <row r="701">
-      <c r="A701" s="100"/>
-      <c r="B701" s="101"/>
+      <c r="A701" s="101"/>
+      <c r="B701" s="102"/>
     </row>
     <row r="702">
-      <c r="A702" s="100"/>
-      <c r="B702" s="101"/>
+      <c r="A702" s="101"/>
+      <c r="B702" s="102"/>
     </row>
     <row r="703">
-      <c r="A703" s="100"/>
-      <c r="B703" s="101"/>
+      <c r="A703" s="101"/>
+      <c r="B703" s="102"/>
     </row>
     <row r="704">
-      <c r="A704" s="100"/>
-      <c r="B704" s="101"/>
+      <c r="A704" s="101"/>
+      <c r="B704" s="102"/>
     </row>
     <row r="705">
-      <c r="A705" s="100"/>
-      <c r="B705" s="101"/>
+      <c r="A705" s="101"/>
+      <c r="B705" s="102"/>
     </row>
     <row r="706">
-      <c r="A706" s="100"/>
-      <c r="B706" s="101"/>
+      <c r="A706" s="101"/>
+      <c r="B706" s="102"/>
     </row>
     <row r="707">
-      <c r="A707" s="100"/>
-      <c r="B707" s="101"/>
+      <c r="A707" s="101"/>
+      <c r="B707" s="102"/>
     </row>
     <row r="708">
-      <c r="A708" s="100"/>
-      <c r="B708" s="101"/>
+      <c r="A708" s="101"/>
+      <c r="B708" s="102"/>
     </row>
     <row r="709">
-      <c r="A709" s="100"/>
-      <c r="B709" s="101"/>
+      <c r="A709" s="101"/>
+      <c r="B709" s="102"/>
     </row>
     <row r="710">
-      <c r="A710" s="100"/>
-      <c r="B710" s="101"/>
+      <c r="A710" s="101"/>
+      <c r="B710" s="102"/>
     </row>
     <row r="711">
-      <c r="A711" s="100"/>
-      <c r="B711" s="101"/>
+      <c r="A711" s="101"/>
+      <c r="B711" s="102"/>
     </row>
     <row r="712">
-      <c r="A712" s="100"/>
-      <c r="B712" s="101"/>
+      <c r="A712" s="101"/>
+      <c r="B712" s="102"/>
     </row>
     <row r="713">
-      <c r="A713" s="100"/>
-      <c r="B713" s="101"/>
+      <c r="A713" s="101"/>
+      <c r="B713" s="102"/>
     </row>
     <row r="714">
-      <c r="A714" s="100"/>
-      <c r="B714" s="101"/>
+      <c r="A714" s="101"/>
+      <c r="B714" s="102"/>
     </row>
     <row r="715">
-      <c r="A715" s="100"/>
-      <c r="B715" s="101"/>
+      <c r="A715" s="101"/>
+      <c r="B715" s="102"/>
     </row>
     <row r="716">
-      <c r="A716" s="100"/>
-      <c r="B716" s="101"/>
+      <c r="A716" s="101"/>
+      <c r="B716" s="102"/>
     </row>
     <row r="717">
-      <c r="A717" s="100"/>
-      <c r="B717" s="101"/>
+      <c r="A717" s="101"/>
+      <c r="B717" s="102"/>
     </row>
     <row r="718">
-      <c r="A718" s="100"/>
-      <c r="B718" s="101"/>
+      <c r="A718" s="101"/>
+      <c r="B718" s="102"/>
     </row>
     <row r="719">
-      <c r="A719" s="100"/>
-      <c r="B719" s="101"/>
+      <c r="A719" s="101"/>
+      <c r="B719" s="102"/>
     </row>
     <row r="720">
-      <c r="A720" s="100"/>
-      <c r="B720" s="101"/>
+      <c r="A720" s="101"/>
+      <c r="B720" s="102"/>
     </row>
     <row r="721">
-      <c r="A721" s="100"/>
-      <c r="B721" s="101"/>
+      <c r="A721" s="101"/>
+      <c r="B721" s="102"/>
     </row>
     <row r="722">
-      <c r="A722" s="100"/>
-      <c r="B722" s="101"/>
+      <c r="A722" s="101"/>
+      <c r="B722" s="102"/>
     </row>
     <row r="723">
-      <c r="A723" s="100"/>
-      <c r="B723" s="101"/>
+      <c r="A723" s="101"/>
+      <c r="B723" s="102"/>
     </row>
     <row r="724">
-      <c r="A724" s="100"/>
-      <c r="B724" s="101"/>
+      <c r="A724" s="101"/>
+      <c r="B724" s="102"/>
     </row>
     <row r="725">
-      <c r="A725" s="100"/>
-      <c r="B725" s="101"/>
+      <c r="A725" s="101"/>
+      <c r="B725" s="102"/>
     </row>
     <row r="726">
-      <c r="A726" s="100"/>
-      <c r="B726" s="101"/>
+      <c r="A726" s="101"/>
+      <c r="B726" s="102"/>
     </row>
     <row r="727">
-      <c r="A727" s="100"/>
-      <c r="B727" s="101"/>
+      <c r="A727" s="101"/>
+      <c r="B727" s="102"/>
     </row>
     <row r="728">
-      <c r="A728" s="100"/>
-      <c r="B728" s="101"/>
+      <c r="A728" s="101"/>
+      <c r="B728" s="102"/>
     </row>
     <row r="729">
-      <c r="A729" s="100"/>
-      <c r="B729" s="101"/>
+      <c r="A729" s="101"/>
+      <c r="B729" s="102"/>
     </row>
     <row r="730">
-      <c r="A730" s="100"/>
-      <c r="B730" s="101"/>
+      <c r="A730" s="101"/>
+      <c r="B730" s="102"/>
     </row>
     <row r="731">
-      <c r="A731" s="100"/>
-      <c r="B731" s="101"/>
+      <c r="A731" s="101"/>
+      <c r="B731" s="102"/>
     </row>
     <row r="732">
-      <c r="A732" s="100"/>
-      <c r="B732" s="101"/>
+      <c r="A732" s="101"/>
+      <c r="B732" s="102"/>
     </row>
     <row r="733">
-      <c r="A733" s="100"/>
-      <c r="B733" s="101"/>
+      <c r="A733" s="101"/>
+      <c r="B733" s="102"/>
     </row>
     <row r="734">
-      <c r="A734" s="100"/>
-      <c r="B734" s="101"/>
+      <c r="A734" s="101"/>
+      <c r="B734" s="102"/>
     </row>
     <row r="735">
-      <c r="A735" s="100"/>
-      <c r="B735" s="101"/>
+      <c r="A735" s="101"/>
+      <c r="B735" s="102"/>
     </row>
     <row r="736">
-      <c r="A736" s="100"/>
-      <c r="B736" s="101"/>
+      <c r="A736" s="101"/>
+      <c r="B736" s="102"/>
     </row>
     <row r="737">
-      <c r="A737" s="100"/>
-      <c r="B737" s="101"/>
+      <c r="A737" s="101"/>
+      <c r="B737" s="102"/>
     </row>
     <row r="738">
-      <c r="A738" s="100"/>
-      <c r="B738" s="101"/>
+      <c r="A738" s="101"/>
+      <c r="B738" s="102"/>
     </row>
     <row r="739">
-      <c r="A739" s="100"/>
-      <c r="B739" s="101"/>
+      <c r="A739" s="101"/>
+      <c r="B739" s="102"/>
     </row>
     <row r="740">
-      <c r="A740" s="100"/>
-      <c r="B740" s="101"/>
+      <c r="A740" s="101"/>
+      <c r="B740" s="102"/>
     </row>
     <row r="741">
-      <c r="A741" s="100"/>
-      <c r="B741" s="101"/>
+      <c r="A741" s="101"/>
+      <c r="B741" s="102"/>
     </row>
     <row r="742">
-      <c r="A742" s="100"/>
-      <c r="B742" s="101"/>
+      <c r="A742" s="101"/>
+      <c r="B742" s="102"/>
     </row>
     <row r="743">
-      <c r="A743" s="100"/>
-      <c r="B743" s="101"/>
+      <c r="A743" s="101"/>
+      <c r="B743" s="102"/>
     </row>
     <row r="744">
-      <c r="A744" s="100"/>
-      <c r="B744" s="101"/>
+      <c r="A744" s="101"/>
+      <c r="B744" s="102"/>
     </row>
     <row r="745">
-      <c r="A745" s="100"/>
-      <c r="B745" s="101"/>
+      <c r="A745" s="101"/>
+      <c r="B745" s="102"/>
     </row>
     <row r="746">
-      <c r="A746" s="100"/>
-      <c r="B746" s="101"/>
+      <c r="A746" s="101"/>
+      <c r="B746" s="102"/>
     </row>
     <row r="747">
-      <c r="A747" s="100"/>
-      <c r="B747" s="101"/>
+      <c r="A747" s="101"/>
+      <c r="B747" s="102"/>
     </row>
     <row r="748">
-      <c r="A748" s="100"/>
-      <c r="B748" s="101"/>
+      <c r="A748" s="101"/>
+      <c r="B748" s="102"/>
     </row>
     <row r="749">
-      <c r="A749" s="100"/>
-      <c r="B749" s="101"/>
+      <c r="A749" s="101"/>
+      <c r="B749" s="102"/>
     </row>
     <row r="750">
-      <c r="A750" s="100"/>
-      <c r="B750" s="101"/>
+      <c r="A750" s="101"/>
+      <c r="B750" s="102"/>
     </row>
     <row r="751">
-      <c r="A751" s="100"/>
-      <c r="B751" s="101"/>
+      <c r="A751" s="101"/>
+      <c r="B751" s="102"/>
     </row>
     <row r="752">
-      <c r="A752" s="100"/>
-      <c r="B752" s="101"/>
+      <c r="A752" s="101"/>
+      <c r="B752" s="102"/>
     </row>
     <row r="753">
-      <c r="A753" s="100"/>
-      <c r="B753" s="101"/>
+      <c r="A753" s="101"/>
+      <c r="B753" s="102"/>
     </row>
     <row r="754">
-      <c r="A754" s="100"/>
-      <c r="B754" s="101"/>
+      <c r="A754" s="101"/>
+      <c r="B754" s="102"/>
     </row>
     <row r="755">
-      <c r="A755" s="100"/>
-      <c r="B755" s="101"/>
+      <c r="A755" s="101"/>
+      <c r="B755" s="102"/>
     </row>
     <row r="756">
-      <c r="A756" s="100"/>
-      <c r="B756" s="101"/>
+      <c r="A756" s="101"/>
+      <c r="B756" s="102"/>
     </row>
     <row r="757">
-      <c r="A757" s="100"/>
-      <c r="B757" s="101"/>
+      <c r="A757" s="101"/>
+      <c r="B757" s="102"/>
     </row>
     <row r="758">
-      <c r="A758" s="100"/>
-      <c r="B758" s="101"/>
+      <c r="A758" s="101"/>
+      <c r="B758" s="102"/>
     </row>
     <row r="759">
-      <c r="A759" s="100"/>
-      <c r="B759" s="101"/>
+      <c r="A759" s="101"/>
+      <c r="B759" s="102"/>
     </row>
     <row r="760">
-      <c r="A760" s="100"/>
-      <c r="B760" s="101"/>
+      <c r="A760" s="101"/>
+      <c r="B760" s="102"/>
     </row>
     <row r="761">
-      <c r="A761" s="100"/>
-      <c r="B761" s="101"/>
+      <c r="A761" s="101"/>
+      <c r="B761" s="102"/>
     </row>
     <row r="762">
-      <c r="A762" s="100"/>
-      <c r="B762" s="101"/>
+      <c r="A762" s="101"/>
+      <c r="B762" s="102"/>
     </row>
     <row r="763">
-      <c r="A763" s="100"/>
-      <c r="B763" s="101"/>
+      <c r="A763" s="101"/>
+      <c r="B763" s="102"/>
     </row>
     <row r="764">
-      <c r="A764" s="100"/>
-      <c r="B764" s="101"/>
+      <c r="A764" s="101"/>
+      <c r="B764" s="102"/>
     </row>
     <row r="765">
-      <c r="A765" s="100"/>
-      <c r="B765" s="101"/>
+      <c r="A765" s="101"/>
+      <c r="B765" s="102"/>
     </row>
     <row r="766">
-      <c r="A766" s="100"/>
-      <c r="B766" s="101"/>
+      <c r="A766" s="101"/>
+      <c r="B766" s="102"/>
     </row>
     <row r="767">
-      <c r="A767" s="100"/>
-      <c r="B767" s="101"/>
+      <c r="A767" s="101"/>
+      <c r="B767" s="102"/>
     </row>
     <row r="768">
-      <c r="A768" s="100"/>
-      <c r="B768" s="101"/>
+      <c r="A768" s="101"/>
+      <c r="B768" s="102"/>
     </row>
     <row r="769">
-      <c r="A769" s="100"/>
-      <c r="B769" s="101"/>
+      <c r="A769" s="101"/>
+      <c r="B769" s="102"/>
     </row>
     <row r="770">
-      <c r="A770" s="100"/>
-      <c r="B770" s="101"/>
+      <c r="A770" s="101"/>
+      <c r="B770" s="102"/>
     </row>
     <row r="771">
-      <c r="A771" s="100"/>
-      <c r="B771" s="101"/>
+      <c r="A771" s="101"/>
+      <c r="B771" s="102"/>
     </row>
     <row r="772">
-      <c r="A772" s="100"/>
-      <c r="B772" s="101"/>
+      <c r="A772" s="101"/>
+      <c r="B772" s="102"/>
     </row>
     <row r="773">
-      <c r="A773" s="100"/>
-      <c r="B773" s="101"/>
+      <c r="A773" s="101"/>
+      <c r="B773" s="102"/>
     </row>
     <row r="774">
-      <c r="A774" s="100"/>
-      <c r="B774" s="101"/>
+      <c r="A774" s="101"/>
+      <c r="B774" s="102"/>
     </row>
     <row r="775">
-      <c r="A775" s="100"/>
-      <c r="B775" s="101"/>
+      <c r="A775" s="101"/>
+      <c r="B775" s="102"/>
     </row>
     <row r="776">
-      <c r="A776" s="100"/>
-      <c r="B776" s="101"/>
+      <c r="A776" s="101"/>
+      <c r="B776" s="102"/>
     </row>
     <row r="777">
-      <c r="A777" s="100"/>
-      <c r="B777" s="101"/>
+      <c r="A777" s="101"/>
+      <c r="B777" s="102"/>
     </row>
     <row r="778">
-      <c r="A778" s="100"/>
-      <c r="B778" s="101"/>
+      <c r="A778" s="101"/>
+      <c r="B778" s="102"/>
     </row>
     <row r="779">
-      <c r="A779" s="100"/>
-      <c r="B779" s="101"/>
+      <c r="A779" s="101"/>
+      <c r="B779" s="102"/>
     </row>
     <row r="780">
-      <c r="A780" s="100"/>
-      <c r="B780" s="101"/>
+      <c r="A780" s="101"/>
+      <c r="B780" s="102"/>
     </row>
     <row r="781">
-      <c r="A781" s="100"/>
-      <c r="B781" s="101"/>
+      <c r="A781" s="101"/>
+      <c r="B781" s="102"/>
     </row>
     <row r="782">
-      <c r="A782" s="100"/>
-      <c r="B782" s="101"/>
+      <c r="A782" s="101"/>
+      <c r="B782" s="102"/>
     </row>
     <row r="783">
-      <c r="A783" s="100"/>
-      <c r="B783" s="101"/>
+      <c r="A783" s="101"/>
+      <c r="B783" s="102"/>
     </row>
     <row r="784">
-      <c r="A784" s="100"/>
-      <c r="B784" s="101"/>
+      <c r="A784" s="101"/>
+      <c r="B784" s="102"/>
     </row>
     <row r="785">
-      <c r="A785" s="100"/>
-      <c r="B785" s="101"/>
+      <c r="A785" s="101"/>
+      <c r="B785" s="102"/>
     </row>
     <row r="786">
-      <c r="A786" s="100"/>
-      <c r="B786" s="101"/>
+      <c r="A786" s="101"/>
+      <c r="B786" s="102"/>
     </row>
     <row r="787">
-      <c r="A787" s="100"/>
-      <c r="B787" s="101"/>
+      <c r="A787" s="101"/>
+      <c r="B787" s="102"/>
     </row>
     <row r="788">
-      <c r="A788" s="100"/>
-      <c r="B788" s="101"/>
+      <c r="A788" s="101"/>
+      <c r="B788" s="102"/>
     </row>
     <row r="789">
-      <c r="A789" s="100"/>
-      <c r="B789" s="101"/>
+      <c r="A789" s="101"/>
+      <c r="B789" s="102"/>
     </row>
     <row r="790">
-      <c r="A790" s="100"/>
-      <c r="B790" s="101"/>
+      <c r="A790" s="101"/>
+      <c r="B790" s="102"/>
     </row>
     <row r="791">
-      <c r="A791" s="100"/>
-      <c r="B791" s="101"/>
+      <c r="A791" s="101"/>
+      <c r="B791" s="102"/>
     </row>
     <row r="792">
-      <c r="A792" s="100"/>
-      <c r="B792" s="101"/>
+      <c r="A792" s="101"/>
+      <c r="B792" s="102"/>
     </row>
     <row r="793">
-      <c r="A793" s="100"/>
-      <c r="B793" s="101"/>
+      <c r="A793" s="101"/>
+      <c r="B793" s="102"/>
     </row>
     <row r="794">
-      <c r="A794" s="100"/>
-      <c r="B794" s="101"/>
+      <c r="A794" s="101"/>
+      <c r="B794" s="102"/>
     </row>
     <row r="795">
-      <c r="A795" s="100"/>
-      <c r="B795" s="101"/>
+      <c r="A795" s="101"/>
+      <c r="B795" s="102"/>
     </row>
     <row r="796">
-      <c r="A796" s="100"/>
-      <c r="B796" s="101"/>
+      <c r="A796" s="101"/>
+      <c r="B796" s="102"/>
     </row>
     <row r="797">
-      <c r="A797" s="100"/>
-      <c r="B797" s="101"/>
+      <c r="A797" s="101"/>
+      <c r="B797" s="102"/>
     </row>
     <row r="798">
-      <c r="A798" s="100"/>
-      <c r="B798" s="101"/>
+      <c r="A798" s="101"/>
+      <c r="B798" s="102"/>
     </row>
     <row r="799">
-      <c r="A799" s="100"/>
-      <c r="B799" s="101"/>
+      <c r="A799" s="101"/>
+      <c r="B799" s="102"/>
     </row>
     <row r="800">
-      <c r="A800" s="100"/>
-      <c r="B800" s="101"/>
+      <c r="A800" s="101"/>
+      <c r="B800" s="102"/>
     </row>
     <row r="801">
-      <c r="A801" s="100"/>
-      <c r="B801" s="101"/>
+      <c r="A801" s="101"/>
+      <c r="B801" s="102"/>
     </row>
     <row r="802">
-      <c r="A802" s="100"/>
-      <c r="B802" s="101"/>
+      <c r="A802" s="101"/>
+      <c r="B802" s="102"/>
     </row>
     <row r="803">
-      <c r="A803" s="100"/>
-      <c r="B803" s="101"/>
+      <c r="A803" s="101"/>
+      <c r="B803" s="102"/>
     </row>
     <row r="804">
-      <c r="A804" s="100"/>
-      <c r="B804" s="101"/>
+      <c r="A804" s="101"/>
+      <c r="B804" s="102"/>
     </row>
     <row r="805">
-      <c r="A805" s="100"/>
-      <c r="B805" s="101"/>
+      <c r="A805" s="101"/>
+      <c r="B805" s="102"/>
     </row>
     <row r="806">
-      <c r="A806" s="100"/>
-      <c r="B806" s="101"/>
+      <c r="A806" s="101"/>
+      <c r="B806" s="102"/>
     </row>
     <row r="807">
-      <c r="A807" s="100"/>
-      <c r="B807" s="101"/>
+      <c r="A807" s="101"/>
+      <c r="B807" s="102"/>
     </row>
     <row r="808">
-      <c r="A808" s="100"/>
-      <c r="B808" s="101"/>
+      <c r="A808" s="101"/>
+      <c r="B808" s="102"/>
     </row>
     <row r="809">
-      <c r="A809" s="100"/>
-      <c r="B809" s="101"/>
+      <c r="A809" s="101"/>
+      <c r="B809" s="102"/>
     </row>
     <row r="810">
-      <c r="A810" s="100"/>
-      <c r="B810" s="101"/>
+      <c r="A810" s="101"/>
+      <c r="B810" s="102"/>
     </row>
     <row r="811">
-      <c r="A811" s="100"/>
-      <c r="B811" s="101"/>
+      <c r="A811" s="101"/>
+      <c r="B811" s="102"/>
     </row>
     <row r="812">
-      <c r="A812" s="100"/>
-      <c r="B812" s="101"/>
+      <c r="A812" s="101"/>
+      <c r="B812" s="102"/>
     </row>
     <row r="813">
-      <c r="A813" s="100"/>
-      <c r="B813" s="101"/>
+      <c r="A813" s="101"/>
+      <c r="B813" s="102"/>
     </row>
     <row r="814">
-      <c r="A814" s="100"/>
-      <c r="B814" s="101"/>
+      <c r="A814" s="101"/>
+      <c r="B814" s="102"/>
     </row>
     <row r="815">
-      <c r="A815" s="100"/>
-      <c r="B815" s="101"/>
+      <c r="A815" s="101"/>
+      <c r="B815" s="102"/>
     </row>
     <row r="816">
-      <c r="A816" s="100"/>
-      <c r="B816" s="101"/>
+      <c r="A816" s="101"/>
+      <c r="B816" s="102"/>
     </row>
     <row r="817">
-      <c r="A817" s="100"/>
-      <c r="B817" s="101"/>
+      <c r="A817" s="101"/>
+      <c r="B817" s="102"/>
     </row>
     <row r="818">
-      <c r="A818" s="100"/>
-      <c r="B818" s="101"/>
+      <c r="A818" s="101"/>
+      <c r="B818" s="102"/>
     </row>
     <row r="819">
-      <c r="A819" s="100"/>
-      <c r="B819" s="101"/>
+      <c r="A819" s="101"/>
+      <c r="B819" s="102"/>
     </row>
     <row r="820">
-      <c r="A820" s="100"/>
-      <c r="B820" s="101"/>
+      <c r="A820" s="101"/>
+      <c r="B820" s="102"/>
     </row>
     <row r="821">
-      <c r="A821" s="100"/>
-      <c r="B821" s="101"/>
+      <c r="A821" s="101"/>
+      <c r="B821" s="102"/>
     </row>
     <row r="822">
-      <c r="A822" s="100"/>
-      <c r="B822" s="101"/>
+      <c r="A822" s="101"/>
+      <c r="B822" s="102"/>
     </row>
     <row r="823">
-      <c r="A823" s="100"/>
-      <c r="B823" s="101"/>
+      <c r="A823" s="101"/>
+      <c r="B823" s="102"/>
     </row>
     <row r="824">
-      <c r="A824" s="100"/>
-      <c r="B824" s="101"/>
+      <c r="A824" s="101"/>
+      <c r="B824" s="102"/>
     </row>
     <row r="825">
-      <c r="A825" s="100"/>
-      <c r="B825" s="101"/>
+      <c r="A825" s="101"/>
+      <c r="B825" s="102"/>
     </row>
     <row r="826">
-      <c r="A826" s="100"/>
-      <c r="B826" s="101"/>
+      <c r="A826" s="101"/>
+      <c r="B826" s="102"/>
     </row>
     <row r="827">
-      <c r="A827" s="100"/>
-      <c r="B827" s="101"/>
+      <c r="A827" s="101"/>
+      <c r="B827" s="102"/>
     </row>
     <row r="828">
-      <c r="A828" s="100"/>
-      <c r="B828" s="101"/>
+      <c r="A828" s="101"/>
+      <c r="B828" s="102"/>
     </row>
     <row r="829">
-      <c r="A829" s="100"/>
-      <c r="B829" s="101"/>
+      <c r="A829" s="101"/>
+      <c r="B829" s="102"/>
     </row>
     <row r="830">
-      <c r="A830" s="100"/>
-      <c r="B830" s="101"/>
+      <c r="A830" s="101"/>
+      <c r="B830" s="102"/>
     </row>
     <row r="831">
-      <c r="A831" s="100"/>
-      <c r="B831" s="101"/>
+      <c r="A831" s="101"/>
+      <c r="B831" s="102"/>
     </row>
     <row r="832">
-      <c r="A832" s="100"/>
-      <c r="B832" s="101"/>
+      <c r="A832" s="101"/>
+      <c r="B832" s="102"/>
     </row>
     <row r="833">
-      <c r="A833" s="100"/>
-      <c r="B833" s="101"/>
+      <c r="A833" s="101"/>
+      <c r="B833" s="102"/>
     </row>
     <row r="834">
-      <c r="A834" s="100"/>
-      <c r="B834" s="101"/>
+      <c r="A834" s="101"/>
+      <c r="B834" s="102"/>
     </row>
     <row r="835">
-      <c r="A835" s="100"/>
-      <c r="B835" s="101"/>
+      <c r="A835" s="101"/>
+      <c r="B835" s="102"/>
     </row>
     <row r="836">
-      <c r="A836" s="100"/>
-      <c r="B836" s="101"/>
+      <c r="A836" s="101"/>
+      <c r="B836" s="102"/>
     </row>
     <row r="837">
-      <c r="A837" s="100"/>
-      <c r="B837" s="101"/>
+      <c r="A837" s="101"/>
+      <c r="B837" s="102"/>
     </row>
     <row r="838">
-      <c r="A838" s="100"/>
-      <c r="B838" s="101"/>
+      <c r="A838" s="101"/>
+      <c r="B838" s="102"/>
     </row>
     <row r="839">
-      <c r="A839" s="100"/>
-      <c r="B839" s="101"/>
+      <c r="A839" s="101"/>
+      <c r="B839" s="102"/>
     </row>
     <row r="840">
-      <c r="A840" s="100"/>
-      <c r="B840" s="101"/>
+      <c r="A840" s="101"/>
+      <c r="B840" s="102"/>
     </row>
     <row r="841">
-      <c r="A841" s="100"/>
-      <c r="B841" s="101"/>
+      <c r="A841" s="101"/>
+      <c r="B841" s="102"/>
     </row>
     <row r="842">
-      <c r="A842" s="100"/>
-      <c r="B842" s="101"/>
+      <c r="A842" s="101"/>
+      <c r="B842" s="102"/>
     </row>
     <row r="843">
-      <c r="A843" s="100"/>
-      <c r="B843" s="101"/>
+      <c r="A843" s="101"/>
+      <c r="B843" s="102"/>
     </row>
     <row r="844">
-      <c r="A844" s="100"/>
-      <c r="B844" s="101"/>
+      <c r="A844" s="101"/>
+      <c r="B844" s="102"/>
     </row>
     <row r="845">
-      <c r="A845" s="100"/>
-      <c r="B845" s="101"/>
+      <c r="A845" s="101"/>
+      <c r="B845" s="102"/>
     </row>
     <row r="846">
-      <c r="A846" s="100"/>
-      <c r="B846" s="101"/>
+      <c r="A846" s="101"/>
+      <c r="B846" s="102"/>
     </row>
     <row r="847">
-      <c r="A847" s="100"/>
-      <c r="B847" s="101"/>
+      <c r="A847" s="101"/>
+      <c r="B847" s="102"/>
     </row>
     <row r="848">
-      <c r="A848" s="100"/>
-      <c r="B848" s="101"/>
+      <c r="A848" s="101"/>
+      <c r="B848" s="102"/>
     </row>
     <row r="849">
-      <c r="A849" s="100"/>
-      <c r="B849" s="101"/>
+      <c r="A849" s="101"/>
+      <c r="B849" s="102"/>
     </row>
     <row r="850">
-      <c r="A850" s="100"/>
-      <c r="B850" s="101"/>
+      <c r="A850" s="101"/>
+      <c r="B850" s="102"/>
     </row>
     <row r="851">
-      <c r="A851" s="100"/>
-      <c r="B851" s="101"/>
+      <c r="A851" s="101"/>
+      <c r="B851" s="102"/>
     </row>
     <row r="852">
-      <c r="A852" s="100"/>
-      <c r="B852" s="101"/>
+      <c r="A852" s="101"/>
+      <c r="B852" s="102"/>
     </row>
     <row r="853">
-      <c r="A853" s="100"/>
-      <c r="B853" s="101"/>
+      <c r="A853" s="101"/>
+      <c r="B853" s="102"/>
     </row>
     <row r="854">
-      <c r="A854" s="100"/>
-      <c r="B854" s="101"/>
+      <c r="A854" s="101"/>
+      <c r="B854" s="102"/>
     </row>
     <row r="855">
-      <c r="A855" s="100"/>
-      <c r="B855" s="101"/>
+      <c r="A855" s="101"/>
+      <c r="B855" s="102"/>
     </row>
     <row r="856">
-      <c r="A856" s="100"/>
-      <c r="B856" s="101"/>
+      <c r="A856" s="101"/>
+      <c r="B856" s="102"/>
     </row>
     <row r="857">
-      <c r="A857" s="100"/>
-      <c r="B857" s="101"/>
+      <c r="A857" s="101"/>
+      <c r="B857" s="102"/>
     </row>
     <row r="858">
-      <c r="A858" s="100"/>
-      <c r="B858" s="101"/>
+      <c r="A858" s="101"/>
+      <c r="B858" s="102"/>
     </row>
     <row r="859">
-      <c r="A859" s="100"/>
-      <c r="B859" s="101"/>
+      <c r="A859" s="101"/>
+      <c r="B859" s="102"/>
     </row>
     <row r="860">
-      <c r="A860" s="100"/>
-      <c r="B860" s="101"/>
+      <c r="A860" s="101"/>
+      <c r="B860" s="102"/>
     </row>
     <row r="861">
-      <c r="A861" s="100"/>
-      <c r="B861" s="101"/>
+      <c r="A861" s="101"/>
+      <c r="B861" s="102"/>
     </row>
     <row r="862">
-      <c r="A862" s="100"/>
-      <c r="B862" s="101"/>
+      <c r="A862" s="101"/>
+      <c r="B862" s="102"/>
     </row>
     <row r="863">
-      <c r="A863" s="100"/>
-      <c r="B863" s="101"/>
+      <c r="A863" s="101"/>
+      <c r="B863" s="102"/>
     </row>
     <row r="864">
-      <c r="A864" s="100"/>
-      <c r="B864" s="101"/>
+      <c r="A864" s="101"/>
+      <c r="B864" s="102"/>
     </row>
     <row r="865">
-      <c r="A865" s="100"/>
-      <c r="B865" s="101"/>
+      <c r="A865" s="101"/>
+      <c r="B865" s="102"/>
     </row>
     <row r="866">
-      <c r="A866" s="100"/>
-      <c r="B866" s="101"/>
+      <c r="A866" s="101"/>
+      <c r="B866" s="102"/>
     </row>
     <row r="867">
-      <c r="A867" s="100"/>
-      <c r="B867" s="101"/>
+      <c r="A867" s="101"/>
+      <c r="B867" s="102"/>
     </row>
     <row r="868">
-      <c r="A868" s="100"/>
-      <c r="B868" s="101"/>
+      <c r="A868" s="101"/>
+      <c r="B868" s="102"/>
     </row>
     <row r="869">
-      <c r="A869" s="100"/>
-      <c r="B869" s="101"/>
+      <c r="A869" s="101"/>
+      <c r="B869" s="102"/>
     </row>
     <row r="870">
-      <c r="A870" s="100"/>
-      <c r="B870" s="101"/>
+      <c r="A870" s="101"/>
+      <c r="B870" s="102"/>
     </row>
     <row r="871">
-      <c r="A871" s="100"/>
-      <c r="B871" s="101"/>
+      <c r="A871" s="101"/>
+      <c r="B871" s="102"/>
     </row>
     <row r="872">
-      <c r="A872" s="100"/>
-      <c r="B872" s="101"/>
+      <c r="A872" s="101"/>
+      <c r="B872" s="102"/>
     </row>
     <row r="873">
-      <c r="A873" s="100"/>
-      <c r="B873" s="101"/>
+      <c r="A873" s="101"/>
+      <c r="B873" s="102"/>
     </row>
     <row r="874">
-      <c r="A874" s="100"/>
-      <c r="B874" s="101"/>
+      <c r="A874" s="101"/>
+      <c r="B874" s="102"/>
     </row>
     <row r="875">
-      <c r="A875" s="100"/>
-      <c r="B875" s="101"/>
+      <c r="A875" s="101"/>
+      <c r="B875" s="102"/>
     </row>
     <row r="876">
-      <c r="A876" s="100"/>
-      <c r="B876" s="101"/>
+      <c r="A876" s="101"/>
+      <c r="B876" s="102"/>
     </row>
     <row r="877">
-      <c r="A877" s="100"/>
-      <c r="B877" s="101"/>
+      <c r="A877" s="101"/>
+      <c r="B877" s="102"/>
     </row>
     <row r="878">
-      <c r="A878" s="100"/>
-      <c r="B878" s="101"/>
+      <c r="A878" s="101"/>
+      <c r="B878" s="102"/>
     </row>
     <row r="879">
-      <c r="A879" s="100"/>
-      <c r="B879" s="101"/>
+      <c r="A879" s="101"/>
+      <c r="B879" s="102"/>
     </row>
     <row r="880">
-      <c r="A880" s="100"/>
-      <c r="B880" s="101"/>
+      <c r="A880" s="101"/>
+      <c r="B880" s="102"/>
     </row>
     <row r="881">
-      <c r="A881" s="100"/>
-      <c r="B881" s="101"/>
+      <c r="A881" s="101"/>
+      <c r="B881" s="102"/>
     </row>
     <row r="882">
-      <c r="A882" s="100"/>
-      <c r="B882" s="101"/>
+      <c r="A882" s="101"/>
+      <c r="B882" s="102"/>
     </row>
     <row r="883">
-      <c r="A883" s="100"/>
-      <c r="B883" s="101"/>
+      <c r="A883" s="101"/>
+      <c r="B883" s="102"/>
     </row>
     <row r="884">
-      <c r="A884" s="100"/>
-      <c r="B884" s="101"/>
+      <c r="A884" s="101"/>
+      <c r="B884" s="102"/>
     </row>
     <row r="885">
-      <c r="A885" s="100"/>
-      <c r="B885" s="101"/>
+      <c r="A885" s="101"/>
+      <c r="B885" s="102"/>
     </row>
     <row r="886">
-      <c r="A886" s="100"/>
-      <c r="B886" s="101"/>
+      <c r="A886" s="101"/>
+      <c r="B886" s="102"/>
     </row>
     <row r="887">
-      <c r="A887" s="100"/>
-      <c r="B887" s="101"/>
+      <c r="A887" s="101"/>
+      <c r="B887" s="102"/>
     </row>
     <row r="888">
-      <c r="A888" s="100"/>
-      <c r="B888" s="101"/>
+      <c r="A888" s="101"/>
+      <c r="B888" s="102"/>
     </row>
     <row r="889">
-      <c r="A889" s="100"/>
-      <c r="B889" s="101"/>
+      <c r="A889" s="101"/>
+      <c r="B889" s="102"/>
     </row>
     <row r="890">
-      <c r="A890" s="100"/>
-      <c r="B890" s="101"/>
+      <c r="A890" s="101"/>
+      <c r="B890" s="102"/>
     </row>
     <row r="891">
-      <c r="A891" s="100"/>
-      <c r="B891" s="101"/>
+      <c r="A891" s="101"/>
+      <c r="B891" s="102"/>
     </row>
     <row r="892">
-      <c r="A892" s="100"/>
-      <c r="B892" s="101"/>
+      <c r="A892" s="101"/>
+      <c r="B892" s="102"/>
     </row>
     <row r="893">
-      <c r="A893" s="100"/>
-      <c r="B893" s="101"/>
+      <c r="A893" s="101"/>
+      <c r="B893" s="102"/>
     </row>
     <row r="894">
-      <c r="A894" s="100"/>
-      <c r="B894" s="101"/>
+      <c r="A894" s="101"/>
+      <c r="B894" s="102"/>
     </row>
     <row r="895">
-      <c r="A895" s="100"/>
-      <c r="B895" s="101"/>
+      <c r="A895" s="101"/>
+      <c r="B895" s="102"/>
     </row>
     <row r="896">
-      <c r="A896" s="100"/>
-      <c r="B896" s="101"/>
+      <c r="A896" s="101"/>
+      <c r="B896" s="102"/>
     </row>
     <row r="897">
-      <c r="A897" s="100"/>
-      <c r="B897" s="101"/>
+      <c r="A897" s="101"/>
+      <c r="B897" s="102"/>
     </row>
     <row r="898">
-      <c r="A898" s="100"/>
-      <c r="B898" s="101"/>
+      <c r="A898" s="101"/>
+      <c r="B898" s="102"/>
     </row>
     <row r="899">
-      <c r="A899" s="100"/>
-      <c r="B899" s="101"/>
+      <c r="A899" s="101"/>
+      <c r="B899" s="102"/>
     </row>
     <row r="900">
-      <c r="A900" s="100"/>
-      <c r="B900" s="101"/>
+      <c r="A900" s="101"/>
+      <c r="B900" s="102"/>
     </row>
     <row r="901">
-      <c r="A901" s="100"/>
-      <c r="B901" s="101"/>
+      <c r="A901" s="101"/>
+      <c r="B901" s="102"/>
     </row>
     <row r="902">
-      <c r="A902" s="100"/>
-      <c r="B902" s="101"/>
+      <c r="A902" s="101"/>
+      <c r="B902" s="102"/>
     </row>
     <row r="903">
-      <c r="A903" s="100"/>
-      <c r="B903" s="101"/>
+      <c r="A903" s="101"/>
+      <c r="B903" s="102"/>
     </row>
     <row r="904">
-      <c r="A904" s="100"/>
-      <c r="B904" s="101"/>
+      <c r="A904" s="101"/>
+      <c r="B904" s="102"/>
     </row>
     <row r="905">
-      <c r="A905" s="100"/>
-      <c r="B905" s="101"/>
+      <c r="A905" s="101"/>
+      <c r="B905" s="102"/>
     </row>
     <row r="906">
-      <c r="A906" s="100"/>
-      <c r="B906" s="101"/>
+      <c r="A906" s="101"/>
+      <c r="B906" s="102"/>
     </row>
     <row r="907">
-      <c r="A907" s="100"/>
-      <c r="B907" s="101"/>
+      <c r="A907" s="101"/>
+      <c r="B907" s="102"/>
     </row>
     <row r="908">
-      <c r="A908" s="100"/>
-      <c r="B908" s="101"/>
+      <c r="A908" s="101"/>
+      <c r="B908" s="102"/>
     </row>
     <row r="909">
-      <c r="A909" s="100"/>
-      <c r="B909" s="101"/>
+      <c r="A909" s="101"/>
+      <c r="B909" s="102"/>
     </row>
     <row r="910">
-      <c r="A910" s="100"/>
-      <c r="B910" s="101"/>
+      <c r="A910" s="101"/>
+      <c r="B910" s="102"/>
     </row>
     <row r="911">
-      <c r="A911" s="100"/>
-      <c r="B911" s="101"/>
+      <c r="A911" s="101"/>
+      <c r="B911" s="102"/>
     </row>
     <row r="912">
-      <c r="A912" s="100"/>
-      <c r="B912" s="101"/>
+      <c r="A912" s="101"/>
+      <c r="B912" s="102"/>
     </row>
     <row r="913">
-      <c r="A913" s="100"/>
-      <c r="B913" s="101"/>
+      <c r="A913" s="101"/>
+      <c r="B913" s="102"/>
     </row>
     <row r="914">
-      <c r="A914" s="100"/>
-      <c r="B914" s="101"/>
+      <c r="A914" s="101"/>
+      <c r="B914" s="102"/>
     </row>
     <row r="915">
-      <c r="A915" s="100"/>
-      <c r="B915" s="101"/>
+      <c r="A915" s="101"/>
+      <c r="B915" s="102"/>
     </row>
     <row r="916">
-      <c r="A916" s="100"/>
-      <c r="B916" s="101"/>
+      <c r="A916" s="101"/>
+      <c r="B916" s="102"/>
     </row>
     <row r="917">
-      <c r="A917" s="100"/>
-      <c r="B917" s="101"/>
+      <c r="A917" s="101"/>
+      <c r="B917" s="102"/>
     </row>
     <row r="918">
-      <c r="A918" s="100"/>
-      <c r="B918" s="101"/>
+      <c r="A918" s="101"/>
+      <c r="B918" s="102"/>
     </row>
     <row r="919">
-      <c r="A919" s="100"/>
-      <c r="B919" s="101"/>
+      <c r="A919" s="101"/>
+      <c r="B919" s="102"/>
     </row>
     <row r="920">
-      <c r="A920" s="100"/>
-      <c r="B920" s="101"/>
+      <c r="A920" s="101"/>
+      <c r="B920" s="102"/>
     </row>
     <row r="921">
-      <c r="A921" s="100"/>
-      <c r="B921" s="101"/>
+      <c r="A921" s="101"/>
+      <c r="B921" s="102"/>
     </row>
     <row r="922">
-      <c r="A922" s="100"/>
-      <c r="B922" s="101"/>
+      <c r="A922" s="101"/>
+      <c r="B922" s="102"/>
     </row>
     <row r="923">
-      <c r="A923" s="100"/>
-      <c r="B923" s="101"/>
+      <c r="A923" s="101"/>
+      <c r="B923" s="102"/>
     </row>
     <row r="924">
-      <c r="A924" s="100"/>
-      <c r="B924" s="101"/>
+      <c r="A924" s="101"/>
+      <c r="B924" s="102"/>
     </row>
     <row r="925">
-      <c r="A925" s="100"/>
-      <c r="B925" s="101"/>
+      <c r="A925" s="101"/>
+      <c r="B925" s="102"/>
     </row>
     <row r="926">
-      <c r="A926" s="100"/>
-      <c r="B926" s="101"/>
+      <c r="A926" s="101"/>
+      <c r="B926" s="102"/>
     </row>
     <row r="927">
-      <c r="A927" s="100"/>
-      <c r="B927" s="101"/>
+      <c r="A927" s="101"/>
+      <c r="B927" s="102"/>
     </row>
     <row r="928">
-      <c r="A928" s="100"/>
-      <c r="B928" s="101"/>
+      <c r="A928" s="101"/>
+      <c r="B928" s="102"/>
     </row>
     <row r="929">
-      <c r="A929" s="100"/>
-      <c r="B929" s="101"/>
+      <c r="A929" s="101"/>
+      <c r="B929" s="102"/>
     </row>
     <row r="930">
-      <c r="A930" s="100"/>
-      <c r="B930" s="101"/>
+      <c r="A930" s="101"/>
+      <c r="B930" s="102"/>
     </row>
     <row r="931">
-      <c r="A931" s="100"/>
-      <c r="B931" s="101"/>
+      <c r="A931" s="101"/>
+      <c r="B931" s="102"/>
     </row>
     <row r="932">
-      <c r="A932" s="100"/>
-      <c r="B932" s="101"/>
+      <c r="A932" s="101"/>
+      <c r="B932" s="102"/>
     </row>
     <row r="933">
-      <c r="A933" s="100"/>
-      <c r="B933" s="101"/>
+      <c r="A933" s="101"/>
+      <c r="B933" s="102"/>
     </row>
     <row r="934">
-      <c r="A934" s="100"/>
-      <c r="B934" s="101"/>
+      <c r="A934" s="101"/>
+      <c r="B934" s="102"/>
     </row>
     <row r="935">
-      <c r="A935" s="100"/>
-      <c r="B935" s="101"/>
+      <c r="A935" s="101"/>
+      <c r="B935" s="102"/>
     </row>
     <row r="936">
-      <c r="A936" s="100"/>
-      <c r="B936" s="101"/>
+      <c r="A936" s="101"/>
+      <c r="B936" s="102"/>
     </row>
     <row r="937">
-      <c r="A937" s="100"/>
-      <c r="B937" s="101"/>
+      <c r="A937" s="101"/>
+      <c r="B937" s="102"/>
     </row>
     <row r="938">
-      <c r="A938" s="100"/>
-      <c r="B938" s="101"/>
+      <c r="A938" s="101"/>
+      <c r="B938" s="102"/>
     </row>
     <row r="939">
-      <c r="A939" s="100"/>
-      <c r="B939" s="101"/>
+      <c r="A939" s="101"/>
+      <c r="B939" s="102"/>
     </row>
     <row r="940">
-      <c r="A940" s="100"/>
-      <c r="B940" s="101"/>
+      <c r="A940" s="101"/>
+      <c r="B940" s="102"/>
     </row>
     <row r="941">
-      <c r="A941" s="100"/>
-      <c r="B941" s="101"/>
+      <c r="A941" s="101"/>
+      <c r="B941" s="102"/>
     </row>
     <row r="942">
-      <c r="A942" s="100"/>
-      <c r="B942" s="101"/>
+      <c r="A942" s="101"/>
+      <c r="B942" s="102"/>
     </row>
     <row r="943">
-      <c r="A943" s="100"/>
-      <c r="B943" s="101"/>
+      <c r="A943" s="101"/>
+      <c r="B943" s="102"/>
     </row>
     <row r="944">
-      <c r="A944" s="100"/>
-      <c r="B944" s="101"/>
+      <c r="A944" s="101"/>
+      <c r="B944" s="102"/>
     </row>
     <row r="945">
-      <c r="A945" s="100"/>
-      <c r="B945" s="101"/>
+      <c r="A945" s="101"/>
+      <c r="B945" s="102"/>
     </row>
     <row r="946">
-      <c r="A946" s="100"/>
-      <c r="B946" s="101"/>
+      <c r="A946" s="101"/>
+      <c r="B946" s="102"/>
     </row>
     <row r="947">
-      <c r="A947" s="100"/>
-      <c r="B947" s="101"/>
+      <c r="A947" s="101"/>
+      <c r="B947" s="102"/>
     </row>
     <row r="948">
-      <c r="A948" s="100"/>
-      <c r="B948" s="101"/>
+      <c r="A948" s="101"/>
+      <c r="B948" s="102"/>
     </row>
     <row r="949">
-      <c r="A949" s="100"/>
-      <c r="B949" s="101"/>
+      <c r="A949" s="101"/>
+      <c r="B949" s="102"/>
     </row>
     <row r="950">
-      <c r="A950" s="100"/>
-      <c r="B950" s="101"/>
+      <c r="A950" s="101"/>
+      <c r="B950" s="102"/>
     </row>
     <row r="951">
-      <c r="A951" s="100"/>
-      <c r="B951" s="101"/>
+      <c r="A951" s="101"/>
+      <c r="B951" s="102"/>
     </row>
     <row r="952">
-      <c r="A952" s="100"/>
-      <c r="B952" s="101"/>
+      <c r="A952" s="101"/>
+      <c r="B952" s="102"/>
     </row>
     <row r="953">
-      <c r="A953" s="100"/>
-      <c r="B953" s="101"/>
+      <c r="A953" s="101"/>
+      <c r="B953" s="102"/>
     </row>
     <row r="954">
-      <c r="A954" s="100"/>
-      <c r="B954" s="101"/>
+      <c r="A954" s="101"/>
+      <c r="B954" s="102"/>
     </row>
     <row r="955">
-      <c r="A955" s="100"/>
-      <c r="B955" s="101"/>
+      <c r="A955" s="101"/>
+      <c r="B955" s="102"/>
     </row>
     <row r="956">
-      <c r="A956" s="100"/>
-      <c r="B956" s="101"/>
+      <c r="A956" s="101"/>
+      <c r="B956" s="102"/>
     </row>
     <row r="957">
-      <c r="A957" s="100"/>
-      <c r="B957" s="101"/>
+      <c r="A957" s="101"/>
+      <c r="B957" s="102"/>
     </row>
     <row r="958">
-      <c r="A958" s="100"/>
-      <c r="B958" s="101"/>
+      <c r="A958" s="101"/>
+      <c r="B958" s="102"/>
     </row>
     <row r="959">
-      <c r="A959" s="100"/>
-      <c r="B959" s="101"/>
+      <c r="A959" s="101"/>
+      <c r="B959" s="102"/>
     </row>
     <row r="960">
-      <c r="A960" s="100"/>
-      <c r="B960" s="101"/>
+      <c r="A960" s="101"/>
+      <c r="B960" s="102"/>
     </row>
     <row r="961">
-      <c r="A961" s="100"/>
-      <c r="B961" s="101"/>
+      <c r="A961" s="101"/>
+      <c r="B961" s="102"/>
     </row>
     <row r="962">
-      <c r="A962" s="100"/>
-      <c r="B962" s="101"/>
+      <c r="A962" s="101"/>
+      <c r="B962" s="102"/>
     </row>
     <row r="963">
-      <c r="A963" s="100"/>
-      <c r="B963" s="101"/>
+      <c r="A963" s="101"/>
+      <c r="B963" s="102"/>
     </row>
     <row r="964">
-      <c r="A964" s="100"/>
-      <c r="B964" s="101"/>
+      <c r="A964" s="101"/>
+      <c r="B964" s="102"/>
     </row>
     <row r="965">
-      <c r="A965" s="100"/>
-      <c r="B965" s="101"/>
+      <c r="A965" s="101"/>
+      <c r="B965" s="102"/>
     </row>
     <row r="966">
-      <c r="A966" s="100"/>
-      <c r="B966" s="101"/>
+      <c r="A966" s="101"/>
+      <c r="B966" s="102"/>
     </row>
     <row r="967">
-      <c r="A967" s="100"/>
-      <c r="B967" s="101"/>
+      <c r="A967" s="101"/>
+      <c r="B967" s="102"/>
     </row>
     <row r="968">
-      <c r="A968" s="100"/>
-      <c r="B968" s="101"/>
+      <c r="A968" s="101"/>
+      <c r="B968" s="102"/>
     </row>
     <row r="969">
-      <c r="A969" s="100"/>
-      <c r="B969" s="101"/>
+      <c r="A969" s="101"/>
+      <c r="B969" s="102"/>
     </row>
     <row r="970">
-      <c r="A970" s="100"/>
-      <c r="B970" s="101"/>
+      <c r="A970" s="101"/>
+      <c r="B970" s="102"/>
     </row>
     <row r="971">
-      <c r="A971" s="100"/>
-      <c r="B971" s="101"/>
+      <c r="A971" s="101"/>
+      <c r="B971" s="102"/>
     </row>
     <row r="972">
-      <c r="A972" s="100"/>
-      <c r="B972" s="101"/>
+      <c r="A972" s="101"/>
+      <c r="B972" s="102"/>
     </row>
     <row r="973">
-      <c r="A973" s="100"/>
-      <c r="B973" s="101"/>
+      <c r="A973" s="101"/>
+      <c r="B973" s="102"/>
     </row>
     <row r="974">
-      <c r="A974" s="100"/>
-      <c r="B974" s="101"/>
+      <c r="A974" s="101"/>
+      <c r="B974" s="102"/>
     </row>
     <row r="975">
-      <c r="A975" s="100"/>
-      <c r="B975" s="101"/>
+      <c r="A975" s="101"/>
+      <c r="B975" s="102"/>
     </row>
     <row r="976">
-      <c r="A976" s="100"/>
-      <c r="B976" s="101"/>
+      <c r="A976" s="101"/>
+      <c r="B976" s="102"/>
     </row>
     <row r="977">
-      <c r="A977" s="100"/>
-      <c r="B977" s="101"/>
+      <c r="A977" s="101"/>
+      <c r="B977" s="102"/>
     </row>
     <row r="978">
-      <c r="A978" s="100"/>
-      <c r="B978" s="101"/>
+      <c r="A978" s="101"/>
+      <c r="B978" s="102"/>
     </row>
     <row r="979">
-      <c r="A979" s="100"/>
-      <c r="B979" s="101"/>
+      <c r="A979" s="101"/>
+      <c r="B979" s="102"/>
     </row>
     <row r="980">
-      <c r="A980" s="100"/>
-      <c r="B980" s="101"/>
+      <c r="A980" s="101"/>
+      <c r="B980" s="102"/>
     </row>
     <row r="981">
-      <c r="A981" s="100"/>
-      <c r="B981" s="101"/>
+      <c r="A981" s="101"/>
+      <c r="B981" s="102"/>
     </row>
     <row r="982">
-      <c r="A982" s="100"/>
-      <c r="B982" s="101"/>
+      <c r="A982" s="101"/>
+      <c r="B982" s="102"/>
     </row>
     <row r="983">
-      <c r="A983" s="100"/>
-      <c r="B983" s="101"/>
+      <c r="A983" s="101"/>
+      <c r="B983" s="102"/>
     </row>
     <row r="984">
-      <c r="A984" s="100"/>
-      <c r="B984" s="101"/>
+      <c r="A984" s="101"/>
+      <c r="B984" s="102"/>
     </row>
     <row r="985">
-      <c r="A985" s="100"/>
-      <c r="B985" s="101"/>
+      <c r="A985" s="101"/>
+      <c r="B985" s="102"/>
     </row>
     <row r="986">
-      <c r="A986" s="100"/>
-      <c r="B986" s="101"/>
+      <c r="A986" s="101"/>
+      <c r="B986" s="102"/>
     </row>
     <row r="987">
-      <c r="A987" s="100"/>
-      <c r="B987" s="101"/>
+      <c r="A987" s="101"/>
+      <c r="B987" s="102"/>
     </row>
     <row r="988">
-      <c r="A988" s="100"/>
-      <c r="B988" s="101"/>
+      <c r="A988" s="101"/>
+      <c r="B988" s="102"/>
     </row>
     <row r="989">
-      <c r="A989" s="100"/>
-      <c r="B989" s="101"/>
+      <c r="A989" s="101"/>
+      <c r="B989" s="102"/>
     </row>
     <row r="990">
-      <c r="A990" s="100"/>
-      <c r="B990" s="101"/>
+      <c r="A990" s="101"/>
+      <c r="B990" s="102"/>
     </row>
     <row r="991">
-      <c r="A991" s="100"/>
-      <c r="B991" s="101"/>
+      <c r="A991" s="101"/>
+      <c r="B991" s="102"/>
     </row>
     <row r="992">
-      <c r="A992" s="100"/>
-      <c r="B992" s="101"/>
+      <c r="A992" s="101"/>
+      <c r="B992" s="102"/>
     </row>
     <row r="993">
-      <c r="A993" s="100"/>
-      <c r="B993" s="101"/>
+      <c r="A993" s="101"/>
+      <c r="B993" s="102"/>
     </row>
     <row r="994">
-      <c r="A994" s="100"/>
-      <c r="B994" s="101"/>
+      <c r="A994" s="101"/>
+      <c r="B994" s="102"/>
     </row>
     <row r="995">
-      <c r="A995" s="100"/>
-      <c r="B995" s="101"/>
+      <c r="A995" s="101"/>
+      <c r="B995" s="102"/>
     </row>
     <row r="996">
-      <c r="A996" s="100"/>
-      <c r="B996" s="101"/>
+      <c r="A996" s="101"/>
+      <c r="B996" s="102"/>
     </row>
     <row r="997">
-      <c r="A997" s="100"/>
-      <c r="B997" s="101"/>
+      <c r="A997" s="101"/>
+      <c r="B997" s="102"/>
     </row>
     <row r="998">
-      <c r="A998" s="100"/>
-      <c r="B998" s="101"/>
+      <c r="A998" s="101"/>
+      <c r="B998" s="102"/>
     </row>
     <row r="999">
-      <c r="A999" s="100"/>
-      <c r="B999" s="101"/>
+      <c r="A999" s="101"/>
+      <c r="B999" s="102"/>
     </row>
     <row r="1000">
-      <c r="A1000" s="100"/>
-      <c r="B1000" s="101"/>
+      <c r="A1000" s="101"/>
+      <c r="B1000" s="102"/>
     </row>
     <row r="1001">
-      <c r="A1001" s="100"/>
-      <c r="B1001" s="101"/>
+      <c r="A1001" s="101"/>
+      <c r="B1001" s="102"/>
     </row>
     <row r="1002">
-      <c r="A1002" s="100"/>
-      <c r="B1002" s="101"/>
+      <c r="A1002" s="101"/>
+      <c r="B1002" s="102"/>
     </row>
     <row r="1003">
-      <c r="A1003" s="100"/>
-      <c r="B1003" s="101"/>
+      <c r="A1003" s="101"/>
+      <c r="B1003" s="102"/>
     </row>
     <row r="1004">
-      <c r="A1004" s="100"/>
-      <c r="B1004" s="101"/>
+      <c r="A1004" s="101"/>
+      <c r="B1004" s="102"/>
     </row>
     <row r="1005">
-      <c r="A1005" s="100"/>
-      <c r="B1005" s="101"/>
+      <c r="A1005" s="101"/>
+      <c r="B1005" s="102"/>
     </row>
     <row r="1006">
-      <c r="A1006" s="100"/>
-      <c r="B1006" s="101"/>
+      <c r="A1006" s="101"/>
+      <c r="B1006" s="102"/>
     </row>
     <row r="1007">
-      <c r="A1007" s="100"/>
-      <c r="B1007" s="101"/>
+      <c r="A1007" s="101"/>
+      <c r="B1007" s="102"/>
     </row>
     <row r="1008">
-      <c r="A1008" s="100"/>
-      <c r="B1008" s="101"/>
+      <c r="A1008" s="101"/>
+      <c r="B1008" s="102"/>
     </row>
     <row r="1009">
-      <c r="A1009" s="100"/>
-      <c r="B1009" s="101"/>
+      <c r="A1009" s="101"/>
+      <c r="B1009" s="102"/>
     </row>
     <row r="1010">
-      <c r="A1010" s="100"/>
-      <c r="B1010" s="101"/>
+      <c r="A1010" s="101"/>
+      <c r="B1010" s="102"/>
     </row>
     <row r="1011">
-      <c r="A1011" s="100"/>
-      <c r="B1011" s="101"/>
+      <c r="A1011" s="101"/>
+      <c r="B1011" s="102"/>
     </row>
     <row r="1012">
-      <c r="A1012" s="100"/>
-      <c r="B1012" s="101"/>
+      <c r="A1012" s="101"/>
+      <c r="B1012" s="102"/>
     </row>
     <row r="1013">
-      <c r="A1013" s="100"/>
-      <c r="B1013" s="101"/>
+      <c r="A1013" s="101"/>
+      <c r="B1013" s="102"/>
     </row>
     <row r="1014">
-      <c r="A1014" s="100"/>
-      <c r="B1014" s="101"/>
+      <c r="A1014" s="101"/>
+      <c r="B1014" s="102"/>
     </row>
     <row r="1015">
-      <c r="A1015" s="100"/>
-      <c r="B1015" s="101"/>
+      <c r="A1015" s="101"/>
+      <c r="B1015" s="102"/>
     </row>
     <row r="1016">
-      <c r="A1016" s="100"/>
-      <c r="B1016" s="101"/>
+      <c r="A1016" s="101"/>
+      <c r="B1016" s="102"/>
     </row>
     <row r="1017">
-      <c r="A1017" s="100"/>
-      <c r="B1017" s="101"/>
+      <c r="A1017" s="101"/>
+      <c r="B1017" s="102"/>
     </row>
     <row r="1018">
-      <c r="A1018" s="100"/>
-      <c r="B1018" s="101"/>
+      <c r="A1018" s="101"/>
+      <c r="B1018" s="102"/>
     </row>
     <row r="1019">
-      <c r="A1019" s="100"/>
-      <c r="B1019" s="101"/>
+      <c r="A1019" s="101"/>
+      <c r="B1019" s="102"/>
+    </row>
+    <row r="1020">
+      <c r="A1020" s="101"/>
+      <c r="B1020" s="102"/>
+    </row>
+    <row r="1021">
+      <c r="A1021" s="101"/>
+      <c r="B1021" s="102"/>
+    </row>
+    <row r="1022">
+      <c r="A1022" s="101"/>
+      <c r="B1022" s="102"/>
+    </row>
+    <row r="1023">
+      <c r="A1023" s="101"/>
+      <c r="B1023" s="102"/>
+    </row>
+    <row r="1024">
+      <c r="A1024" s="101"/>
+      <c r="B1024" s="102"/>
     </row>
   </sheetData>
   <mergeCells count="103">
-    <mergeCell ref="B108:B114"/>
-[...15 lines deleted...]
-    <mergeCell ref="B235:B236"/>
+    <mergeCell ref="B109:B115"/>
+    <mergeCell ref="B126:B128"/>
+    <mergeCell ref="B136:B138"/>
+    <mergeCell ref="B156:B157"/>
+    <mergeCell ref="B161:B162"/>
+    <mergeCell ref="B163:B164"/>
+    <mergeCell ref="B165:B166"/>
+    <mergeCell ref="A102:A108"/>
+    <mergeCell ref="A109:A115"/>
+    <mergeCell ref="A126:A128"/>
+    <mergeCell ref="A136:A138"/>
+    <mergeCell ref="A154:A155"/>
+    <mergeCell ref="A156:A157"/>
+    <mergeCell ref="A161:A162"/>
+    <mergeCell ref="A212:A216"/>
     <mergeCell ref="A237:A238"/>
     <mergeCell ref="B237:B238"/>
     <mergeCell ref="A239:A240"/>
     <mergeCell ref="B239:B240"/>
-    <mergeCell ref="A249:A250"/>
-[...2 lines deleted...]
-    <mergeCell ref="B252:B253"/>
+    <mergeCell ref="A241:A242"/>
+    <mergeCell ref="B241:B242"/>
+    <mergeCell ref="A251:A252"/>
+    <mergeCell ref="B251:B252"/>
     <mergeCell ref="A254:A255"/>
     <mergeCell ref="B254:B255"/>
-    <mergeCell ref="B256:B258"/>
-[...30 lines deleted...]
-    <mergeCell ref="A399:D399"/>
+    <mergeCell ref="A256:A257"/>
+    <mergeCell ref="B256:B257"/>
+    <mergeCell ref="B258:B260"/>
+    <mergeCell ref="A290:A292"/>
+    <mergeCell ref="A327:A328"/>
+    <mergeCell ref="A349:A351"/>
+    <mergeCell ref="A369:A373"/>
+    <mergeCell ref="A383:A384"/>
+    <mergeCell ref="A393:A394"/>
+    <mergeCell ref="A395:A396"/>
+    <mergeCell ref="A258:A260"/>
+    <mergeCell ref="A261:A263"/>
+    <mergeCell ref="A264:A265"/>
+    <mergeCell ref="A266:A268"/>
+    <mergeCell ref="A271:A274"/>
+    <mergeCell ref="A275:A279"/>
+    <mergeCell ref="A280:A281"/>
+    <mergeCell ref="B261:B263"/>
+    <mergeCell ref="B264:B265"/>
+    <mergeCell ref="B266:B268"/>
+    <mergeCell ref="B271:B274"/>
+    <mergeCell ref="B275:B279"/>
+    <mergeCell ref="B280:B281"/>
+    <mergeCell ref="B290:B292"/>
+    <mergeCell ref="A405:D405"/>
+    <mergeCell ref="A406:D406"/>
+    <mergeCell ref="A407:D407"/>
+    <mergeCell ref="B327:B328"/>
+    <mergeCell ref="B349:B351"/>
+    <mergeCell ref="B369:B373"/>
+    <mergeCell ref="B383:B384"/>
+    <mergeCell ref="B393:B394"/>
+    <mergeCell ref="B395:B396"/>
+    <mergeCell ref="A404:D404"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="B13:B14"/>
     <mergeCell ref="A13:A14"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="B15:B16"/>
     <mergeCell ref="A17:A19"/>
     <mergeCell ref="B17:B19"/>
     <mergeCell ref="A20:A23"/>
     <mergeCell ref="B20:B23"/>
     <mergeCell ref="A24:A30"/>
     <mergeCell ref="B24:B30"/>
     <mergeCell ref="A37:A38"/>
     <mergeCell ref="B37:B38"/>
     <mergeCell ref="A53:A58"/>
     <mergeCell ref="B53:B58"/>
-    <mergeCell ref="B83:B84"/>
-[...22 lines deleted...]
-    <mergeCell ref="D210:D213"/>
+    <mergeCell ref="B84:B85"/>
+    <mergeCell ref="B86:B87"/>
+    <mergeCell ref="A84:A85"/>
+    <mergeCell ref="A86:A87"/>
+    <mergeCell ref="A88:A94"/>
+    <mergeCell ref="B88:B94"/>
+    <mergeCell ref="A95:A101"/>
+    <mergeCell ref="B95:B101"/>
+    <mergeCell ref="B102:B108"/>
+    <mergeCell ref="A163:A164"/>
+    <mergeCell ref="A165:A166"/>
+    <mergeCell ref="A171:A173"/>
+    <mergeCell ref="C171:C173"/>
+    <mergeCell ref="D171:D173"/>
+    <mergeCell ref="B171:B173"/>
+    <mergeCell ref="B199:B201"/>
+    <mergeCell ref="B207:B211"/>
+    <mergeCell ref="A199:A201"/>
+    <mergeCell ref="A207:A211"/>
+    <mergeCell ref="C207:C210"/>
+    <mergeCell ref="D207:D210"/>
+    <mergeCell ref="B212:B216"/>
+    <mergeCell ref="C212:C215"/>
+    <mergeCell ref="D212:D215"/>
   </mergeCells>
   <printOptions/>
   <pageMargins bottom="0.787401575" footer="0.0" header="0.0" left="0.511811024" right="0.511811024" top="0.787401575"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>